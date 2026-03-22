--- v0 (2026-01-21)
+++ v1 (2026-03-22)
@@ -430,1462 +430,11450 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:I33"/>
+  <dimension ref="A1:J252"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="8" customWidth="1" min="1" max="1"/>
     <col width="15" customWidth="1" min="2" max="2"/>
     <col width="15" customWidth="1" min="3" max="3"/>
     <col width="30" customWidth="1" min="4" max="4"/>
     <col width="15" customWidth="1" min="5" max="5"/>
     <col width="15" customWidth="1" min="6" max="6"/>
     <col width="15" customWidth="1" min="7" max="7"/>
-    <col width="10" customWidth="1" min="8" max="8"/>
-    <col width="12" customWidth="1" min="9" max="9"/>
+    <col width="18" customWidth="1" min="8" max="8"/>
+    <col width="10" customWidth="1" min="9" max="9"/>
+    <col width="12" customWidth="1" min="10" max="10"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>ID</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Prénom</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Nom</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
           <t>Email</t>
         </is>
       </c>
       <c r="E1" s="1" t="inlineStr">
         <is>
           <t>Téléphone</t>
         </is>
       </c>
       <c r="F1" s="1" t="inlineStr">
         <is>
           <t>Date adhésion</t>
         </is>
       </c>
       <c r="G1" s="1" t="inlineStr">
         <is>
           <t>Date expiration</t>
         </is>
       </c>
       <c r="H1" s="1" t="inlineStr">
         <is>
+          <t>Mode paiement</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
           <t>Statut</t>
         </is>
       </c>
-      <c r="I1" s="1" t="inlineStr">
+      <c r="J1" s="1" t="inlineStr">
         <is>
           <t>Email envoyé</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
-        <v>14</v>
+        <v>216</v>
       </c>
       <c r="B2" s="2" t="inlineStr">
         <is>
-          <t>Maxime</t>
+          <t>Valentine</t>
         </is>
       </c>
       <c r="C2" s="2" t="inlineStr">
         <is>
-          <t>AGUILERA</t>
+          <t>BAROUDEL</t>
         </is>
       </c>
       <c r="D2" s="2" t="inlineStr">
         <is>
-          <t>maximaguilera@hotmail.com</t>
+          <t>valentine.baroudel@gmail.com</t>
         </is>
       </c>
       <c r="E2" s="2" t="inlineStr">
         <is>
-          <t>0693130290</t>
+          <t>0670658044</t>
         </is>
       </c>
       <c r="F2" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>27/03/2026</t>
         </is>
       </c>
       <c r="G2" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>27/03/2027</t>
+        </is>
+      </c>
+      <c r="H2" s="2" t="inlineStr"/>
       <c r="I2" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J2" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
-        <v>13</v>
+        <v>212</v>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
-          <t>Julien</t>
+          <t>Juan</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>APAYA</t>
+          <t>FONT</t>
         </is>
       </c>
       <c r="D3" s="2" t="inlineStr">
         <is>
-          <t>tirasta2000@hotmail.com</t>
+          <t>fontjuan974@gmail.com</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
-          <t>0692370115</t>
+          <t>0693978965</t>
         </is>
       </c>
       <c r="F3" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>20/03/2026</t>
         </is>
       </c>
       <c r="G3" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>20/03/2027</t>
+        </is>
+      </c>
+      <c r="H3" s="2" t="inlineStr"/>
       <c r="I3" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J3" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
-        <v>12</v>
+        <v>235</v>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>Cécilia</t>
+          <t>Jean-Philippe</t>
         </is>
       </c>
       <c r="C4" s="2" t="inlineStr">
         <is>
-          <t>ARANDA</t>
+          <t>TURPIN</t>
         </is>
       </c>
       <c r="D4" s="2" t="inlineStr">
         <is>
-          <t>cecilia.aranda66@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>turpinp23@gmail.com</t>
+        </is>
+      </c>
+      <c r="E4" s="2" t="inlineStr"/>
       <c r="F4" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>14/03/2026</t>
         </is>
       </c>
       <c r="G4" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>14/03/2027</t>
+        </is>
+      </c>
+      <c r="H4" s="2" t="inlineStr"/>
       <c r="I4" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J4" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>17</v>
+        <v>236</v>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Emmanuelle</t>
+          <t>Joëlle</t>
         </is>
       </c>
       <c r="C5" s="2" t="inlineStr">
         <is>
-          <t>ASSIBAT</t>
+          <t>FLEUR</t>
         </is>
       </c>
       <c r="D5" s="2" t="inlineStr">
         <is>
-          <t>assibatem@netcourrier.com</t>
-[...2 lines deleted...]
-      <c r="E5" s="2" t="inlineStr"/>
+          <t>olga97425@gmail.com</t>
+        </is>
+      </c>
+      <c r="E5" s="2" t="inlineStr">
+        <is>
+          <t>0693406750</t>
+        </is>
+      </c>
       <c r="F5" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>14/03/2026</t>
         </is>
       </c>
       <c r="G5" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>14/03/2027</t>
+        </is>
+      </c>
+      <c r="H5" s="2" t="inlineStr"/>
       <c r="I5" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J5" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>2</v>
+        <v>244</v>
       </c>
       <c r="B6" s="2" t="inlineStr">
         <is>
-          <t>Amandine</t>
+          <t>Brigitte</t>
         </is>
       </c>
       <c r="C6" s="2" t="inlineStr">
         <is>
           <t>BAZIN</t>
         </is>
       </c>
       <c r="D6" s="2" t="inlineStr">
         <is>
-          <t>a.j.bazin@gmail.com</t>
-[...2 lines deleted...]
-      <c r="E6" s="2" t="inlineStr"/>
+          <t>b.bazin.mc@gmail.com</t>
+        </is>
+      </c>
+      <c r="E6" s="2" t="inlineStr">
+        <is>
+          <t>0692601565</t>
+        </is>
+      </c>
       <c r="F6" s="2" t="inlineStr">
         <is>
-          <t>21/01/2026</t>
+          <t>14/03/2026</t>
         </is>
       </c>
       <c r="G6" s="2" t="inlineStr">
         <is>
-          <t>21/01/2027</t>
-[...6 lines deleted...]
-      </c>
+          <t>14/03/2027</t>
+        </is>
+      </c>
+      <c r="H6" s="2" t="inlineStr"/>
       <c r="I6" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J6" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
-        <v>8</v>
+        <v>245</v>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Eugénie</t>
+          <t>Aurélie</t>
         </is>
       </c>
       <c r="C7" s="2" t="inlineStr">
         <is>
-          <t>BOYER</t>
+          <t>CASTIES</t>
         </is>
       </c>
       <c r="D7" s="2" t="inlineStr">
         <is>
-          <t>eug.boyer@gmail.com</t>
-[...2 lines deleted...]
-      <c r="E7" s="2" t="inlineStr"/>
+          <t>aurelie.casties@gmail.com</t>
+        </is>
+      </c>
+      <c r="E7" s="2" t="inlineStr">
+        <is>
+          <t>0693216104</t>
+        </is>
+      </c>
       <c r="F7" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>14/03/2026</t>
         </is>
       </c>
       <c r="G7" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>14/03/2027</t>
+        </is>
+      </c>
+      <c r="H7" s="2" t="inlineStr"/>
       <c r="I7" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J7" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="n">
-        <v>9</v>
+        <v>246</v>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>Olivier</t>
+          <t>Léa</t>
         </is>
       </c>
       <c r="C8" s="2" t="inlineStr">
         <is>
-          <t>CADET</t>
+          <t>SHNEIDER</t>
         </is>
       </c>
       <c r="D8" s="2" t="inlineStr">
         <is>
-          <t>olikdoz@hotmail.com</t>
-[...2 lines deleted...]
-      <c r="E8" s="2" t="inlineStr"/>
+          <t>l3a974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E8" s="2" t="inlineStr">
+        <is>
+          <t>0692782112</t>
+        </is>
+      </c>
       <c r="F8" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>14/03/2026</t>
         </is>
       </c>
       <c r="G8" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>14/03/2027</t>
+        </is>
+      </c>
+      <c r="H8" s="2" t="inlineStr"/>
       <c r="I8" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J8" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="n">
-        <v>32</v>
+        <v>247</v>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>Claire</t>
+          <t>Edwina</t>
         </is>
       </c>
       <c r="C9" s="2" t="inlineStr">
         <is>
-          <t>CAOLLET</t>
+          <t>LECLERC</t>
         </is>
       </c>
       <c r="D9" s="2" t="inlineStr">
         <is>
-          <t>clairecaillet@yahoo.fr</t>
+          <t>edwinaleclerc@gmail.com</t>
         </is>
       </c>
       <c r="E9" s="2" t="inlineStr">
         <is>
-          <t>0692077246</t>
+          <t>0630342209</t>
         </is>
       </c>
       <c r="F9" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>14/03/2026</t>
         </is>
       </c>
       <c r="G9" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>14/03/2027</t>
+        </is>
+      </c>
+      <c r="H9" s="2" t="inlineStr"/>
       <c r="I9" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J9" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="n">
-        <v>11</v>
+        <v>248</v>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Rémi</t>
+          <t>Fanny</t>
         </is>
       </c>
       <c r="C10" s="2" t="inlineStr">
         <is>
-          <t>CAZAL</t>
+          <t>POUMOT</t>
         </is>
       </c>
       <c r="D10" s="2" t="inlineStr">
         <is>
-          <t>cazalremi@gmail.com</t>
-[...2 lines deleted...]
-      <c r="E10" s="2" t="inlineStr"/>
+          <t>fanny-poumot@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E10" s="2" t="inlineStr">
+        <is>
+          <t>0693396899</t>
+        </is>
+      </c>
       <c r="F10" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>14/03/2026</t>
         </is>
       </c>
       <c r="G10" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>14/03/2027</t>
+        </is>
+      </c>
+      <c r="H10" s="2" t="inlineStr"/>
       <c r="I10" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J10" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="n">
-        <v>28</v>
+        <v>249</v>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Romuald</t>
+          <t>Gérald</t>
         </is>
       </c>
       <c r="C11" s="2" t="inlineStr">
         <is>
-          <t>CHAN</t>
+          <t>SEVRIN</t>
         </is>
       </c>
       <c r="D11" s="2" t="inlineStr">
         <is>
-          <t>romualdchan@hotmail.com</t>
-[...2 lines deleted...]
-      <c r="E11" s="2" t="inlineStr"/>
+          <t>gsevein@wanadoo.fr</t>
+        </is>
+      </c>
+      <c r="E11" s="2" t="inlineStr">
+        <is>
+          <t>0692074326</t>
+        </is>
+      </c>
       <c r="F11" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>14/03/2026</t>
         </is>
       </c>
       <c r="G11" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
+          <t>14/03/2027</t>
         </is>
       </c>
       <c r="H11" s="2" t="inlineStr">
         <is>
-          <t>Valide</t>
+          <t>Espèces</t>
         </is>
       </c>
       <c r="I11" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J11" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="n">
-        <v>10</v>
+        <v>250</v>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>Olivier</t>
+          <t>Aurore</t>
         </is>
       </c>
       <c r="C12" s="2" t="inlineStr">
         <is>
-          <t>CHEVILLON</t>
+          <t>KELS</t>
         </is>
       </c>
       <c r="D12" s="2" t="inlineStr">
         <is>
-          <t>chevillon.olivier@gmail.com</t>
-[...2 lines deleted...]
-      <c r="E12" s="2" t="inlineStr"/>
+          <t>lulumoi974@hotmail.com</t>
+        </is>
+      </c>
+      <c r="E12" s="2" t="inlineStr">
+        <is>
+          <t>0692390204</t>
+        </is>
+      </c>
       <c r="F12" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>14/03/2026</t>
         </is>
       </c>
       <c r="G12" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>14/03/2027</t>
+        </is>
+      </c>
+      <c r="H12" s="2" t="inlineStr"/>
       <c r="I12" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J12" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="n">
-        <v>20</v>
+        <v>256</v>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>Sylvie</t>
+          <t>Mireille</t>
         </is>
       </c>
       <c r="C13" s="2" t="inlineStr">
         <is>
-          <t>CHILTE</t>
+          <t>GUILLHER MOAL</t>
         </is>
       </c>
       <c r="D13" s="2" t="inlineStr">
         <is>
-          <t>sylvie.chilte@wanadoo.fr</t>
-[...2 lines deleted...]
-      <c r="E13" s="2" t="inlineStr"/>
+          <t>ge.chryst974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E13" s="2" t="inlineStr">
+        <is>
+          <t>0693062310</t>
+        </is>
+      </c>
       <c r="F13" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>14/03/2026</t>
         </is>
       </c>
       <c r="G13" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
+          <t>14/03/2027</t>
         </is>
       </c>
       <c r="H13" s="2" t="inlineStr">
         <is>
-          <t>Valide</t>
+          <t>Espèces</t>
         </is>
       </c>
       <c r="I13" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J13" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="n">
-        <v>31</v>
+        <v>260</v>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Kentyn</t>
+          <t>Gérald</t>
         </is>
       </c>
       <c r="C14" s="2" t="inlineStr">
         <is>
-          <t>CORRÉA-PAYET</t>
+          <t>SEURIN</t>
         </is>
       </c>
       <c r="D14" s="2" t="inlineStr">
         <is>
-          <t>correa.kentyn@gmail.com</t>
+          <t>gseurin@wanadoo.fr</t>
         </is>
       </c>
       <c r="E14" s="2" t="inlineStr">
         <is>
-          <t>0613154481</t>
+          <t>0692074326</t>
         </is>
       </c>
       <c r="F14" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>14/03/2026</t>
         </is>
       </c>
       <c r="G14" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
+          <t>14/03/2027</t>
         </is>
       </c>
       <c r="H14" s="2" t="inlineStr">
         <is>
-          <t>Valide</t>
+          <t>Espèces</t>
         </is>
       </c>
       <c r="I14" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J14" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="n">
-        <v>16</v>
+        <v>231</v>
       </c>
       <c r="B15" s="2" t="inlineStr">
         <is>
-          <t>Cécile</t>
+          <t>Guillaume</t>
         </is>
       </c>
       <c r="C15" s="2" t="inlineStr">
         <is>
-          <t>DELAUNAY</t>
+          <t>LEBOURG</t>
         </is>
       </c>
       <c r="D15" s="2" t="inlineStr">
         <is>
-          <t>cecile.delaunayidrovo@gmail.com</t>
+          <t>guillaumel244@gmail.com</t>
         </is>
       </c>
       <c r="E15" s="2" t="inlineStr"/>
       <c r="F15" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G15" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H15" s="2" t="inlineStr"/>
       <c r="I15" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J15" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="n">
-        <v>24</v>
+        <v>232</v>
       </c>
       <c r="B16" s="2" t="inlineStr">
         <is>
-          <t>Cristof</t>
+          <t>Anzala</t>
         </is>
       </c>
       <c r="C16" s="2" t="inlineStr">
         <is>
-          <t>DENMONT</t>
+          <t>PEYTOUNEAU</t>
         </is>
       </c>
       <c r="D16" s="2" t="inlineStr">
         <is>
-          <t>cristofdenmont@gmail.com</t>
-[...2 lines deleted...]
-      <c r="E16" s="2" t="inlineStr"/>
+          <t>anzala.opeytouneau@gmail.com</t>
+        </is>
+      </c>
+      <c r="E16" s="2" t="inlineStr">
+        <is>
+          <t>0692941226</t>
+        </is>
+      </c>
       <c r="F16" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G16" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
+          <t>13/03/2027</t>
         </is>
       </c>
       <c r="H16" s="2" t="inlineStr">
         <is>
-          <t>Valide</t>
+          <t>Espèces</t>
         </is>
       </c>
       <c r="I16" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J16" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="n">
-        <v>26</v>
+        <v>233</v>
       </c>
       <c r="B17" s="2" t="inlineStr">
         <is>
-          <t>Stéphane</t>
+          <t>Anouk</t>
         </is>
       </c>
       <c r="C17" s="2" t="inlineStr">
         <is>
-          <t>DÉPÊCHE</t>
+          <t>PELLERAY</t>
         </is>
       </c>
       <c r="D17" s="2" t="inlineStr">
         <is>
-          <t>direction@komkifo.com</t>
-[...2 lines deleted...]
-      <c r="E17" s="2" t="inlineStr"/>
+          <t>pellerayanouk@gmail.com</t>
+        </is>
+      </c>
+      <c r="E17" s="2" t="inlineStr">
+        <is>
+          <t>0786966981</t>
+        </is>
+      </c>
       <c r="F17" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G17" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
+          <t>13/03/2027</t>
         </is>
       </c>
       <c r="H17" s="2" t="inlineStr">
         <is>
-          <t>Valide</t>
+          <t>Espèces</t>
         </is>
       </c>
       <c r="I17" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J17" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="n">
-        <v>27</v>
+        <v>234</v>
       </c>
       <c r="B18" s="2" t="inlineStr">
         <is>
-          <t>Olivier</t>
+          <t>Virginie</t>
         </is>
       </c>
       <c r="C18" s="2" t="inlineStr">
         <is>
-          <t>GAYTE</t>
+          <t>SIDA</t>
         </is>
       </c>
       <c r="D18" s="2" t="inlineStr">
         <is>
-          <t>gayte.reunion@orange.fr</t>
+          <t>jadeblanc@hotmail.fr</t>
         </is>
       </c>
       <c r="E18" s="2" t="inlineStr">
         <is>
-          <t>0692004939</t>
+          <t>0693400904</t>
         </is>
       </c>
       <c r="F18" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G18" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
+          <t>13/03/2027</t>
         </is>
       </c>
       <c r="H18" s="2" t="inlineStr">
         <is>
-          <t>Valide</t>
+          <t>Espèces</t>
         </is>
       </c>
       <c r="I18" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J18" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="n">
-        <v>1</v>
+        <v>237</v>
       </c>
       <c r="B19" s="2" t="inlineStr">
         <is>
-          <t>Hoareau</t>
+          <t>Amélie</t>
         </is>
       </c>
       <c r="C19" s="2" t="inlineStr">
         <is>
-          <t>JOHAN</t>
+          <t>LAURET</t>
         </is>
       </c>
       <c r="D19" s="2" t="inlineStr">
         <is>
-          <t>masscreation@gmx.fr</t>
+          <t>amelie.studio974@gmail.com</t>
         </is>
       </c>
       <c r="E19" s="2" t="inlineStr">
         <is>
-          <t>0693659581</t>
+          <t>0693047016</t>
         </is>
       </c>
       <c r="F19" s="2" t="inlineStr">
         <is>
-          <t>21/01/2026</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G19" s="2" t="inlineStr">
         <is>
-          <t>21/01/2027</t>
+          <t>13/03/2027</t>
         </is>
       </c>
       <c r="H19" s="2" t="inlineStr">
         <is>
-          <t>Valide</t>
+          <t>Espèces</t>
         </is>
       </c>
       <c r="I19" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J19" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="n">
-        <v>3</v>
+        <v>238</v>
       </c>
       <c r="B20" s="2" t="inlineStr">
         <is>
-          <t>Hoareau</t>
+          <t>Eva</t>
         </is>
       </c>
       <c r="C20" s="2" t="inlineStr">
         <is>
-          <t>JOHAN</t>
+          <t>LABROUSSE</t>
         </is>
       </c>
       <c r="D20" s="2" t="inlineStr">
         <is>
-          <t>chaispastrop974@gmail.com</t>
+          <t>eva.labrousse@gmail.com</t>
         </is>
       </c>
       <c r="E20" s="2" t="inlineStr">
         <is>
-          <t>0693659581</t>
+          <t>0693848803</t>
         </is>
       </c>
       <c r="F20" s="2" t="inlineStr">
         <is>
-          <t>21/01/2026</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G20" s="2" t="inlineStr">
         <is>
-          <t>21/01/2027</t>
-[...6 lines deleted...]
-      </c>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H20" s="2" t="inlineStr"/>
       <c r="I20" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J20" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="n">
-        <v>7</v>
+        <v>239</v>
       </c>
       <c r="B21" s="2" t="inlineStr">
         <is>
-          <t>Michel</t>
+          <t>Cloé</t>
         </is>
       </c>
       <c r="C21" s="2" t="inlineStr">
         <is>
-          <t>LOMBADO</t>
+          <t>ROUSSELOT</t>
         </is>
       </c>
       <c r="D21" s="2" t="inlineStr">
         <is>
-          <t>michel@gp-lombado.com</t>
-[...2 lines deleted...]
-      <c r="E21" s="2" t="inlineStr"/>
+          <t>cloe.rousselot@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E21" s="2" t="inlineStr">
+        <is>
+          <t>0693979461</t>
+        </is>
+      </c>
       <c r="F21" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G21" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H21" s="2" t="inlineStr"/>
       <c r="I21" s="2" t="inlineStr">
         <is>
-          <t>Non</t>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J21" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="n">
-        <v>5</v>
+        <v>240</v>
       </c>
       <c r="B22" s="2" t="inlineStr">
         <is>
-          <t>Marie-Aimée</t>
+          <t>Clotilde</t>
         </is>
       </c>
       <c r="C22" s="2" t="inlineStr">
         <is>
-          <t>LONDAS</t>
+          <t>DUBOIS</t>
         </is>
       </c>
       <c r="D22" s="2" t="inlineStr">
         <is>
-          <t>ma.londas@gmail.com</t>
+          <t>dubois.clotilde@gmx.fr</t>
         </is>
       </c>
       <c r="E22" s="2" t="inlineStr"/>
       <c r="F22" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G22" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H22" s="2" t="inlineStr"/>
       <c r="I22" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J22" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="n">
-        <v>30</v>
+        <v>241</v>
       </c>
       <c r="B23" s="2" t="inlineStr">
         <is>
-          <t>Raymonde</t>
+          <t>Bazin</t>
         </is>
       </c>
       <c r="C23" s="2" t="inlineStr">
         <is>
-          <t>LUCILLY</t>
+          <t>ELOÏS</t>
         </is>
       </c>
       <c r="D23" s="2" t="inlineStr">
         <is>
-          <t>lazourit@gmail.com</t>
+          <t>ilyasipeudendroitsconfortables@gmail.com</t>
         </is>
       </c>
       <c r="E23" s="2" t="inlineStr">
         <is>
-          <t>0692672889</t>
+          <t>0692868254</t>
         </is>
       </c>
       <c r="F23" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G23" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
+          <t>13/03/2027</t>
         </is>
       </c>
       <c r="H23" s="2" t="inlineStr">
         <is>
-          <t>Valide</t>
+          <t>Espèces</t>
         </is>
       </c>
       <c r="I23" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J23" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="n">
-        <v>23</v>
+        <v>242</v>
       </c>
       <c r="B24" s="2" t="inlineStr">
         <is>
-          <t>Chakri</t>
+          <t>François</t>
         </is>
       </c>
       <c r="C24" s="2" t="inlineStr">
         <is>
-          <t>M'DALLAH</t>
+          <t>DEJEAN</t>
         </is>
       </c>
       <c r="D24" s="2" t="inlineStr">
         <is>
-          <t>inmound974@gmail.com</t>
+          <t>j.ecris.donc.jeudi@gmail.com</t>
         </is>
       </c>
       <c r="E24" s="2" t="inlineStr">
         <is>
-          <t>0692176578</t>
+          <t>0693652657</t>
         </is>
       </c>
       <c r="F24" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G24" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
+          <t>13/03/2027</t>
         </is>
       </c>
       <c r="H24" s="2" t="inlineStr">
         <is>
-          <t>Valide</t>
+          <t>Espèces</t>
         </is>
       </c>
       <c r="I24" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J24" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="n">
-        <v>6</v>
+        <v>243</v>
       </c>
       <c r="B25" s="2" t="inlineStr">
         <is>
-          <t>Sandra</t>
+          <t>Patrice</t>
         </is>
       </c>
       <c r="C25" s="2" t="inlineStr">
         <is>
-          <t>MANEU</t>
+          <t>POTHIN</t>
         </is>
       </c>
       <c r="D25" s="2" t="inlineStr">
         <is>
-          <t>maneusandra@gmail.com</t>
+          <t>patrice.pothin@gmail.com</t>
         </is>
       </c>
       <c r="E25" s="2" t="inlineStr"/>
       <c r="F25" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G25" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H25" s="2" t="inlineStr"/>
       <c r="I25" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J25" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="n">
-        <v>22</v>
+        <v>251</v>
       </c>
       <c r="B26" s="2" t="inlineStr">
         <is>
-          <t>Romain</t>
+          <t>Guillaume</t>
         </is>
       </c>
       <c r="C26" s="2" t="inlineStr">
         <is>
-          <t>PERIER</t>
+          <t>HOARAU</t>
         </is>
       </c>
       <c r="D26" s="2" t="inlineStr">
         <is>
-          <t>perierromain974@gmail.com</t>
+          <t>gh.hoarau@outlook.fr</t>
         </is>
       </c>
       <c r="E26" s="2" t="inlineStr"/>
       <c r="F26" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G26" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
+          <t>13/03/2027</t>
         </is>
       </c>
       <c r="H26" s="2" t="inlineStr">
         <is>
-          <t>Valide</t>
+          <t>Espèces</t>
         </is>
       </c>
       <c r="I26" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J26" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="n">
-        <v>29</v>
+        <v>252</v>
       </c>
       <c r="B27" s="2" t="inlineStr">
         <is>
-          <t>Valérie</t>
+          <t>Victor</t>
         </is>
       </c>
       <c r="C27" s="2" t="inlineStr">
         <is>
-          <t>RIGAUDIN</t>
+          <t>CORDLEUR</t>
         </is>
       </c>
       <c r="D27" s="2" t="inlineStr">
         <is>
-          <t>valerie.rigaudin@gmail.com</t>
-[...2 lines deleted...]
-      <c r="E27" s="2" t="inlineStr"/>
+          <t>victorcordleur@gmail.com</t>
+        </is>
+      </c>
+      <c r="E27" s="2" t="inlineStr">
+        <is>
+          <t>0692627522</t>
+        </is>
+      </c>
       <c r="F27" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G27" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H27" s="2" t="inlineStr"/>
       <c r="I27" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J27" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="n">
-        <v>15</v>
+        <v>253</v>
       </c>
       <c r="B28" s="2" t="inlineStr">
         <is>
-          <t>Stéphane</t>
+          <t>Joëlle</t>
         </is>
       </c>
       <c r="C28" s="2" t="inlineStr">
         <is>
-          <t>RIVIÈRE</t>
+          <t>D'ARMÉNIA</t>
         </is>
       </c>
       <c r="D28" s="2" t="inlineStr">
         <is>
-          <t>riviere.sstephane@gmail.com</t>
+          <t>jda.greendesign@gmail.com</t>
         </is>
       </c>
       <c r="E28" s="2" t="inlineStr"/>
       <c r="F28" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G28" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H28" s="2" t="inlineStr"/>
       <c r="I28" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J28" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="n">
-        <v>25</v>
+        <v>254</v>
       </c>
       <c r="B29" s="2" t="inlineStr">
         <is>
-          <t>Zavyé</t>
+          <t>Pascale</t>
         </is>
       </c>
       <c r="C29" s="2" t="inlineStr">
         <is>
-          <t>RIVIÈRE</t>
+          <t>MAURY</t>
         </is>
       </c>
       <c r="D29" s="2" t="inlineStr">
         <is>
-          <t>zavyerivir@live.fr</t>
-[...2 lines deleted...]
-      <c r="E29" s="2" t="inlineStr"/>
+          <t>kmeemaurypascale@yahoo.fr</t>
+        </is>
+      </c>
+      <c r="E29" s="2" t="inlineStr">
+        <is>
+          <t>0692080727</t>
+        </is>
+      </c>
       <c r="F29" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G29" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H29" s="2" t="inlineStr"/>
       <c r="I29" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J29" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="n">
-        <v>18</v>
+        <v>255</v>
       </c>
       <c r="B30" s="2" t="inlineStr">
         <is>
-          <t>Valérie</t>
+          <t>Maxime</t>
         </is>
       </c>
       <c r="C30" s="2" t="inlineStr">
         <is>
-          <t>ROY-CAMILLE</t>
+          <t>BOUCLEY</t>
         </is>
       </c>
       <c r="D30" s="2" t="inlineStr">
         <is>
-          <t>cotardvalerie974@gmail.com</t>
-[...2 lines deleted...]
-      <c r="E30" s="2" t="inlineStr"/>
+          <t>maxime.gy@gmail.com</t>
+        </is>
+      </c>
+      <c r="E30" s="2" t="inlineStr">
+        <is>
+          <t>0692131086</t>
+        </is>
+      </c>
       <c r="F30" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G30" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H30" s="2" t="inlineStr"/>
       <c r="I30" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J30" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="n">
-        <v>19</v>
+        <v>257</v>
       </c>
       <c r="B31" s="2" t="inlineStr">
         <is>
-          <t>Laurence</t>
+          <t>Warren</t>
         </is>
       </c>
       <c r="C31" s="2" t="inlineStr">
         <is>
-          <t>SEURIN</t>
+          <t>NOËL</t>
         </is>
       </c>
       <c r="D31" s="2" t="inlineStr">
         <is>
-          <t>lolo40landes@gmail.com</t>
+          <t>warren_noel@hotmail.com</t>
         </is>
       </c>
       <c r="E31" s="2" t="inlineStr"/>
       <c r="F31" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G31" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
-[...6 lines deleted...]
-      </c>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H31" s="2" t="inlineStr"/>
       <c r="I31" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J31" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="n">
-        <v>4</v>
+        <v>258</v>
       </c>
       <c r="B32" s="2" t="inlineStr">
         <is>
-          <t>Audrey</t>
+          <t>Emmanuelle</t>
         </is>
       </c>
       <c r="C32" s="2" t="inlineStr">
         <is>
-          <t>SMITH</t>
+          <t>CHEYNET</t>
         </is>
       </c>
       <c r="D32" s="2" t="inlineStr">
         <is>
-          <t>gabi_smith95@hotmail.com</t>
+          <t>emmanuelle.cheynet@gmail.com</t>
         </is>
       </c>
       <c r="E32" s="2" t="inlineStr"/>
       <c r="F32" s="2" t="inlineStr">
         <is>
-          <t>01/10/2025</t>
+          <t>13/03/2026</t>
         </is>
       </c>
       <c r="G32" s="2" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
+          <t>13/03/2027</t>
         </is>
       </c>
       <c r="H32" s="2" t="inlineStr">
         <is>
-          <t>Valide</t>
+          <t>Espèces</t>
         </is>
       </c>
       <c r="I32" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J32" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="n">
-        <v>21</v>
+        <v>259</v>
       </c>
       <c r="B33" s="2" t="inlineStr">
         <is>
-          <t>Virginie</t>
+          <t>Liliane</t>
         </is>
       </c>
       <c r="C33" s="2" t="inlineStr">
         <is>
-          <t>TOCHON</t>
+          <t>MOUTON</t>
         </is>
       </c>
       <c r="D33" s="2" t="inlineStr">
         <is>
-          <t>v.tochon974@gmail.com</t>
+          <t>lilianemouton@yahoo.fr</t>
         </is>
       </c>
       <c r="E33" s="2" t="inlineStr"/>
       <c r="F33" s="2" t="inlineStr">
         <is>
+          <t>13/03/2026</t>
+        </is>
+      </c>
+      <c r="G33" s="2" t="inlineStr">
+        <is>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H33" s="2" t="inlineStr">
+        <is>
+          <t>Espèces</t>
+        </is>
+      </c>
+      <c r="I33" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J33" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="2" t="n">
+        <v>261</v>
+      </c>
+      <c r="B34" s="2" t="inlineStr">
+        <is>
+          <t>Lionel</t>
+        </is>
+      </c>
+      <c r="C34" s="2" t="inlineStr">
+        <is>
+          <t>LAURET</t>
+        </is>
+      </c>
+      <c r="D34" s="2" t="inlineStr">
+        <is>
+          <t>lionel-lauret@wanadoo.fr</t>
+        </is>
+      </c>
+      <c r="E34" s="2" t="inlineStr">
+        <is>
+          <t>0692036335</t>
+        </is>
+      </c>
+      <c r="F34" s="2" t="inlineStr">
+        <is>
+          <t>13/03/2026</t>
+        </is>
+      </c>
+      <c r="G34" s="2" t="inlineStr">
+        <is>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H34" s="2" t="inlineStr">
+        <is>
+          <t>Espèces</t>
+        </is>
+      </c>
+      <c r="I34" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J34" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="2" t="n">
+        <v>262</v>
+      </c>
+      <c r="B35" s="2" t="inlineStr">
+        <is>
+          <t>Corinne</t>
+        </is>
+      </c>
+      <c r="C35" s="2" t="inlineStr">
+        <is>
+          <t>JACQUOT</t>
+        </is>
+      </c>
+      <c r="D35" s="2" t="inlineStr">
+        <is>
+          <t>co-cailleux@orange.fr</t>
+        </is>
+      </c>
+      <c r="E35" s="2" t="inlineStr">
+        <is>
+          <t>0692304399</t>
+        </is>
+      </c>
+      <c r="F35" s="2" t="inlineStr">
+        <is>
+          <t>13/03/2026</t>
+        </is>
+      </c>
+      <c r="G35" s="2" t="inlineStr">
+        <is>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H35" s="2" t="inlineStr">
+        <is>
+          <t>Espèces</t>
+        </is>
+      </c>
+      <c r="I35" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J35" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="2" t="n">
+        <v>263</v>
+      </c>
+      <c r="B36" s="2" t="inlineStr">
+        <is>
+          <t>Didier</t>
+        </is>
+      </c>
+      <c r="C36" s="2" t="inlineStr">
+        <is>
+          <t>GUIDARELLI</t>
+        </is>
+      </c>
+      <c r="D36" s="2" t="inlineStr">
+        <is>
+          <t>guidarelli.didier@yahoo.fr</t>
+        </is>
+      </c>
+      <c r="E36" s="2" t="inlineStr">
+        <is>
+          <t>0692960546</t>
+        </is>
+      </c>
+      <c r="F36" s="2" t="inlineStr">
+        <is>
+          <t>13/03/2026</t>
+        </is>
+      </c>
+      <c r="G36" s="2" t="inlineStr">
+        <is>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H36" s="2" t="inlineStr">
+        <is>
+          <t>Espèces</t>
+        </is>
+      </c>
+      <c r="I36" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J36" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" s="2" t="n">
+        <v>264</v>
+      </c>
+      <c r="B37" s="2" t="inlineStr">
+        <is>
+          <t>Clotilde</t>
+        </is>
+      </c>
+      <c r="C37" s="2" t="inlineStr">
+        <is>
+          <t>PROVANSAL</t>
+        </is>
+      </c>
+      <c r="D37" s="2" t="inlineStr">
+        <is>
+          <t>clotilde.provansal@gmail.com</t>
+        </is>
+      </c>
+      <c r="E37" s="2" t="inlineStr">
+        <is>
+          <t>0692510406</t>
+        </is>
+      </c>
+      <c r="F37" s="2" t="inlineStr">
+        <is>
+          <t>13/03/2026</t>
+        </is>
+      </c>
+      <c r="G37" s="2" t="inlineStr">
+        <is>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H37" s="2" t="inlineStr">
+        <is>
+          <t>Espèces</t>
+        </is>
+      </c>
+      <c r="I37" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J37" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="2" t="n">
+        <v>265</v>
+      </c>
+      <c r="B38" s="2" t="inlineStr">
+        <is>
+          <t>Stefan</t>
+        </is>
+      </c>
+      <c r="C38" s="2" t="inlineStr">
+        <is>
+          <t>GRIPPON</t>
+        </is>
+      </c>
+      <c r="D38" s="2" t="inlineStr">
+        <is>
+          <t>stefan.grippon@orange.fr</t>
+        </is>
+      </c>
+      <c r="E38" s="2" t="inlineStr">
+        <is>
+          <t>0692215509</t>
+        </is>
+      </c>
+      <c r="F38" s="2" t="inlineStr">
+        <is>
+          <t>13/03/2026</t>
+        </is>
+      </c>
+      <c r="G38" s="2" t="inlineStr">
+        <is>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H38" s="2" t="inlineStr"/>
+      <c r="I38" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J38" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" s="2" t="n">
+        <v>266</v>
+      </c>
+      <c r="B39" s="2" t="inlineStr">
+        <is>
+          <t>Virginie</t>
+        </is>
+      </c>
+      <c r="C39" s="2" t="inlineStr">
+        <is>
+          <t>HOAREAU</t>
+        </is>
+      </c>
+      <c r="D39" s="2" t="inlineStr">
+        <is>
+          <t>vir_hoareau@msn.com</t>
+        </is>
+      </c>
+      <c r="E39" s="2" t="inlineStr">
+        <is>
+          <t>0692617372</t>
+        </is>
+      </c>
+      <c r="F39" s="2" t="inlineStr">
+        <is>
+          <t>13/03/2026</t>
+        </is>
+      </c>
+      <c r="G39" s="2" t="inlineStr">
+        <is>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H39" s="2" t="inlineStr">
+        <is>
+          <t>Espèces</t>
+        </is>
+      </c>
+      <c r="I39" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J39" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" s="2" t="n">
+        <v>267</v>
+      </c>
+      <c r="B40" s="2" t="inlineStr">
+        <is>
+          <t>Nicolas</t>
+        </is>
+      </c>
+      <c r="C40" s="2" t="inlineStr">
+        <is>
+          <t>VIAL</t>
+        </is>
+      </c>
+      <c r="D40" s="2" t="inlineStr">
+        <is>
+          <t>nicolasflorentvial@gmail.com</t>
+        </is>
+      </c>
+      <c r="E40" s="2" t="inlineStr">
+        <is>
+          <t>0693476431</t>
+        </is>
+      </c>
+      <c r="F40" s="2" t="inlineStr">
+        <is>
+          <t>13/03/2026</t>
+        </is>
+      </c>
+      <c r="G40" s="2" t="inlineStr">
+        <is>
+          <t>13/03/2027</t>
+        </is>
+      </c>
+      <c r="H40" s="2" t="inlineStr">
+        <is>
+          <t>Espèces</t>
+        </is>
+      </c>
+      <c r="I40" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J40" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" s="2" t="n">
+        <v>211</v>
+      </c>
+      <c r="B41" s="2" t="inlineStr">
+        <is>
+          <t>Yt</t>
+        </is>
+      </c>
+      <c r="C41" s="2" t="inlineStr">
+        <is>
+          <t>YT</t>
+        </is>
+      </c>
+      <c r="D41" s="2" t="inlineStr">
+        <is>
+          <t>chaispastrop974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E41" s="2" t="inlineStr">
+        <is>
+          <t>0693659581</t>
+        </is>
+      </c>
+      <c r="F41" s="2" t="inlineStr">
+        <is>
+          <t>02/03/2026</t>
+        </is>
+      </c>
+      <c r="G41" s="2" t="inlineStr">
+        <is>
+          <t>02/03/2027</t>
+        </is>
+      </c>
+      <c r="H41" s="2" t="inlineStr">
+        <is>
+          <t>Virement bancaire</t>
+        </is>
+      </c>
+      <c r="I41" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J41" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" s="2" t="n">
+        <v>215</v>
+      </c>
+      <c r="B42" s="2" t="inlineStr">
+        <is>
+          <t>Laurene</t>
+        </is>
+      </c>
+      <c r="C42" s="2" t="inlineStr">
+        <is>
+          <t>VITTE-BLIMES</t>
+        </is>
+      </c>
+      <c r="D42" s="2" t="inlineStr">
+        <is>
+          <t>laurenevb@orange.fr</t>
+        </is>
+      </c>
+      <c r="E42" s="2" t="inlineStr">
+        <is>
+          <t>0692300283</t>
+        </is>
+      </c>
+      <c r="F42" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="G42" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2027</t>
+        </is>
+      </c>
+      <c r="H42" s="2" t="inlineStr"/>
+      <c r="I42" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J42" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" s="2" t="n">
+        <v>217</v>
+      </c>
+      <c r="B43" s="2" t="inlineStr">
+        <is>
+          <t>Jacques</t>
+        </is>
+      </c>
+      <c r="C43" s="2" t="inlineStr">
+        <is>
+          <t>STANIK</t>
+        </is>
+      </c>
+      <c r="D43" s="2" t="inlineStr">
+        <is>
+          <t>jacquesstanik@gmail.com</t>
+        </is>
+      </c>
+      <c r="E43" s="2" t="inlineStr">
+        <is>
+          <t>0693545923</t>
+        </is>
+      </c>
+      <c r="F43" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="G43" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2027</t>
+        </is>
+      </c>
+      <c r="H43" s="2" t="inlineStr"/>
+      <c r="I43" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J43" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="2" t="n">
+        <v>218</v>
+      </c>
+      <c r="B44" s="2" t="inlineStr">
+        <is>
+          <t>Nathalie</t>
+        </is>
+      </c>
+      <c r="C44" s="2" t="inlineStr">
+        <is>
+          <t>HELIAS</t>
+        </is>
+      </c>
+      <c r="D44" s="2" t="inlineStr">
+        <is>
+          <t>lalima974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E44" s="2" t="inlineStr">
+        <is>
+          <t>0692693322</t>
+        </is>
+      </c>
+      <c r="F44" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="G44" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2027</t>
+        </is>
+      </c>
+      <c r="H44" s="2" t="inlineStr"/>
+      <c r="I44" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J44" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="2" t="n">
+        <v>219</v>
+      </c>
+      <c r="B45" s="2" t="inlineStr">
+        <is>
+          <t>Maxime</t>
+        </is>
+      </c>
+      <c r="C45" s="2" t="inlineStr">
+        <is>
+          <t>OCANA</t>
+        </is>
+      </c>
+      <c r="D45" s="2" t="inlineStr">
+        <is>
+          <t>maxime.ocn@gmail.com</t>
+        </is>
+      </c>
+      <c r="E45" s="2" t="inlineStr">
+        <is>
+          <t>0692426993</t>
+        </is>
+      </c>
+      <c r="F45" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="G45" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2027</t>
+        </is>
+      </c>
+      <c r="H45" s="2" t="inlineStr"/>
+      <c r="I45" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J45" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="2" t="n">
+        <v>220</v>
+      </c>
+      <c r="B46" s="2" t="inlineStr">
+        <is>
+          <t>Thierry</t>
+        </is>
+      </c>
+      <c r="C46" s="2" t="inlineStr">
+        <is>
+          <t>XAVIER</t>
+        </is>
+      </c>
+      <c r="D46" s="2" t="inlineStr">
+        <is>
+          <t>thierry.xavier@gmail.com</t>
+        </is>
+      </c>
+      <c r="E46" s="2" t="inlineStr">
+        <is>
+          <t>0693116930</t>
+        </is>
+      </c>
+      <c r="F46" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="G46" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2027</t>
+        </is>
+      </c>
+      <c r="H46" s="2" t="inlineStr"/>
+      <c r="I46" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J46" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="2" t="n">
+        <v>221</v>
+      </c>
+      <c r="B47" s="2" t="inlineStr">
+        <is>
+          <t>Alejandra</t>
+        </is>
+      </c>
+      <c r="C47" s="2" t="inlineStr">
+        <is>
+          <t>ESPANOL</t>
+        </is>
+      </c>
+      <c r="D47" s="2" t="inlineStr">
+        <is>
+          <t>alejandraev@gmail.com</t>
+        </is>
+      </c>
+      <c r="E47" s="2" t="inlineStr">
+        <is>
+          <t>0677279889</t>
+        </is>
+      </c>
+      <c r="F47" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="G47" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2027</t>
+        </is>
+      </c>
+      <c r="H47" s="2" t="inlineStr"/>
+      <c r="I47" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J47" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" s="2" t="n">
+        <v>222</v>
+      </c>
+      <c r="B48" s="2" t="inlineStr">
+        <is>
+          <t>Rachel</t>
+        </is>
+      </c>
+      <c r="C48" s="2" t="inlineStr">
+        <is>
+          <t>SARTRE</t>
+        </is>
+      </c>
+      <c r="D48" s="2" t="inlineStr">
+        <is>
+          <t>rachelsartreblue@gmail.com</t>
+        </is>
+      </c>
+      <c r="E48" s="2" t="inlineStr">
+        <is>
+          <t>0692663974</t>
+        </is>
+      </c>
+      <c r="F48" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="G48" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2027</t>
+        </is>
+      </c>
+      <c r="H48" s="2" t="inlineStr"/>
+      <c r="I48" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J48" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="2" t="n">
+        <v>223</v>
+      </c>
+      <c r="B49" s="2" t="inlineStr">
+        <is>
+          <t>Pascale</t>
+        </is>
+      </c>
+      <c r="C49" s="2" t="inlineStr">
+        <is>
+          <t>BLANCHET</t>
+        </is>
+      </c>
+      <c r="D49" s="2" t="inlineStr">
+        <is>
+          <t>pascalettre@murena.io</t>
+        </is>
+      </c>
+      <c r="E49" s="2" t="inlineStr">
+        <is>
+          <t>0692822688</t>
+        </is>
+      </c>
+      <c r="F49" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="G49" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2027</t>
+        </is>
+      </c>
+      <c r="H49" s="2" t="inlineStr"/>
+      <c r="I49" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J49" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="2" t="n">
+        <v>224</v>
+      </c>
+      <c r="B50" s="2" t="inlineStr">
+        <is>
+          <t>Agnes</t>
+        </is>
+      </c>
+      <c r="C50" s="2" t="inlineStr">
+        <is>
+          <t>DANGOUMAU</t>
+        </is>
+      </c>
+      <c r="D50" s="2" t="inlineStr">
+        <is>
+          <t>dangoumauagnes@yahoo.fr</t>
+        </is>
+      </c>
+      <c r="E50" s="2" t="inlineStr">
+        <is>
+          <t>0692524120</t>
+        </is>
+      </c>
+      <c r="F50" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="G50" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2027</t>
+        </is>
+      </c>
+      <c r="H50" s="2" t="inlineStr"/>
+      <c r="I50" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J50" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="2" t="n">
+        <v>225</v>
+      </c>
+      <c r="B51" s="2" t="inlineStr">
+        <is>
+          <t>Olivier</t>
+        </is>
+      </c>
+      <c r="C51" s="2" t="inlineStr">
+        <is>
+          <t>LARDEUX</t>
+        </is>
+      </c>
+      <c r="D51" s="2" t="inlineStr">
+        <is>
+          <t>olivier.lardeux@gmail.com</t>
+        </is>
+      </c>
+      <c r="E51" s="2" t="inlineStr">
+        <is>
+          <t>0692686299</t>
+        </is>
+      </c>
+      <c r="F51" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="G51" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2027</t>
+        </is>
+      </c>
+      <c r="H51" s="2" t="inlineStr"/>
+      <c r="I51" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J51" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="2" t="n">
+        <v>226</v>
+      </c>
+      <c r="B52" s="2" t="inlineStr">
+        <is>
+          <t>Laurent</t>
+        </is>
+      </c>
+      <c r="C52" s="2" t="inlineStr">
+        <is>
+          <t>PUJOL</t>
+        </is>
+      </c>
+      <c r="D52" s="2" t="inlineStr">
+        <is>
+          <t>lorenzorun@gmail.com</t>
+        </is>
+      </c>
+      <c r="E52" s="2" t="inlineStr">
+        <is>
+          <t>0692673334</t>
+        </is>
+      </c>
+      <c r="F52" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="G52" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2027</t>
+        </is>
+      </c>
+      <c r="H52" s="2" t="inlineStr"/>
+      <c r="I52" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J52" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="2" t="n">
+        <v>227</v>
+      </c>
+      <c r="B53" s="2" t="inlineStr">
+        <is>
+          <t>Jeromine</t>
+        </is>
+      </c>
+      <c r="C53" s="2" t="inlineStr">
+        <is>
+          <t>SANTO-GAMMAIRE</t>
+        </is>
+      </c>
+      <c r="D53" s="2" t="inlineStr">
+        <is>
+          <t>jsantogammaire@protonmail.com</t>
+        </is>
+      </c>
+      <c r="E53" s="2" t="inlineStr">
+        <is>
+          <t>0692568348</t>
+        </is>
+      </c>
+      <c r="F53" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="G53" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2027</t>
+        </is>
+      </c>
+      <c r="H53" s="2" t="inlineStr"/>
+      <c r="I53" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J53" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="2" t="n">
+        <v>228</v>
+      </c>
+      <c r="B54" s="2" t="inlineStr">
+        <is>
+          <t>Frederic</t>
+        </is>
+      </c>
+      <c r="C54" s="2" t="inlineStr">
+        <is>
+          <t>MADELENAT</t>
+        </is>
+      </c>
+      <c r="D54" s="2" t="inlineStr">
+        <is>
+          <t>fredmadelenat@orange.fr</t>
+        </is>
+      </c>
+      <c r="E54" s="2" t="inlineStr">
+        <is>
+          <t>0693405160</t>
+        </is>
+      </c>
+      <c r="F54" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="G54" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2027</t>
+        </is>
+      </c>
+      <c r="H54" s="2" t="inlineStr"/>
+      <c r="I54" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J54" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="2" t="n">
+        <v>229</v>
+      </c>
+      <c r="B55" s="2" t="inlineStr">
+        <is>
+          <t>Nadege</t>
+        </is>
+      </c>
+      <c r="C55" s="2" t="inlineStr">
+        <is>
+          <t>MADROLLE</t>
+        </is>
+      </c>
+      <c r="D55" s="2" t="inlineStr">
+        <is>
+          <t>entredeuxprojets@gmail.com</t>
+        </is>
+      </c>
+      <c r="E55" s="2" t="inlineStr">
+        <is>
+          <t>0692671659</t>
+        </is>
+      </c>
+      <c r="F55" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="G55" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2027</t>
+        </is>
+      </c>
+      <c r="H55" s="2" t="inlineStr"/>
+      <c r="I55" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J55" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="2" t="n">
+        <v>230</v>
+      </c>
+      <c r="B56" s="2" t="inlineStr">
+        <is>
+          <t>Hugues</t>
+        </is>
+      </c>
+      <c r="C56" s="2" t="inlineStr">
+        <is>
+          <t>TRIVES-PIERRON</t>
+        </is>
+      </c>
+      <c r="D56" s="2" t="inlineStr">
+        <is>
+          <t>laurent976@gmail.com</t>
+        </is>
+      </c>
+      <c r="E56" s="2" t="inlineStr"/>
+      <c r="F56" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2026</t>
+        </is>
+      </c>
+      <c r="G56" s="2" t="inlineStr">
+        <is>
+          <t>27/02/2027</t>
+        </is>
+      </c>
+      <c r="H56" s="2" t="inlineStr"/>
+      <c r="I56" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J56" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="2" t="n">
+        <v>147</v>
+      </c>
+      <c r="B57" s="2" t="inlineStr">
+        <is>
+          <t>Mary</t>
+        </is>
+      </c>
+      <c r="C57" s="2" t="inlineStr">
+        <is>
+          <t>GRANDCLEMENT</t>
+        </is>
+      </c>
+      <c r="D57" s="2" t="inlineStr">
+        <is>
+          <t>lakartajouer@gmail.com</t>
+        </is>
+      </c>
+      <c r="E57" s="2" t="inlineStr"/>
+      <c r="F57" s="2" t="inlineStr">
+        <is>
+          <t>24/02/2026</t>
+        </is>
+      </c>
+      <c r="G57" s="2" t="inlineStr">
+        <is>
+          <t>24/02/2027</t>
+        </is>
+      </c>
+      <c r="H57" s="2" t="inlineStr"/>
+      <c r="I57" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J57" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="2" t="n">
+        <v>201</v>
+      </c>
+      <c r="B58" s="2" t="inlineStr">
+        <is>
+          <t>François</t>
+        </is>
+      </c>
+      <c r="C58" s="2" t="inlineStr">
+        <is>
+          <t>JACQUES</t>
+        </is>
+      </c>
+      <c r="D58" s="2" t="inlineStr">
+        <is>
+          <t>ajm.jacques@hotmail.com</t>
+        </is>
+      </c>
+      <c r="E58" s="2" t="inlineStr"/>
+      <c r="F58" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="G58" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2027</t>
+        </is>
+      </c>
+      <c r="H58" s="2" t="inlineStr">
+        <is>
+          <t>HelloAsso</t>
+        </is>
+      </c>
+      <c r="I58" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J58" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="2" t="n">
+        <v>202</v>
+      </c>
+      <c r="B59" s="2" t="inlineStr">
+        <is>
+          <t>Antoine</t>
+        </is>
+      </c>
+      <c r="C59" s="2" t="inlineStr">
+        <is>
+          <t>JACQUES</t>
+        </is>
+      </c>
+      <c r="D59" s="2" t="inlineStr">
+        <is>
+          <t>antoine.jacques@viacesi.fr</t>
+        </is>
+      </c>
+      <c r="E59" s="2" t="inlineStr"/>
+      <c r="F59" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="G59" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2027</t>
+        </is>
+      </c>
+      <c r="H59" s="2" t="inlineStr">
+        <is>
+          <t>HelloAsso</t>
+        </is>
+      </c>
+      <c r="I59" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J59" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="2" t="n">
+        <v>203</v>
+      </c>
+      <c r="B60" s="2" t="inlineStr">
+        <is>
+          <t>Natacha</t>
+        </is>
+      </c>
+      <c r="C60" s="2" t="inlineStr">
+        <is>
+          <t>CZERNICHOWSKI</t>
+        </is>
+      </c>
+      <c r="D60" s="2" t="inlineStr">
+        <is>
+          <t>n.czernichowski@gmail.com</t>
+        </is>
+      </c>
+      <c r="E60" s="2" t="inlineStr"/>
+      <c r="F60" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="G60" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2027</t>
+        </is>
+      </c>
+      <c r="H60" s="2" t="inlineStr">
+        <is>
+          <t>HelloAsso</t>
+        </is>
+      </c>
+      <c r="I60" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J60" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="2" t="n">
+        <v>204</v>
+      </c>
+      <c r="B61" s="2" t="inlineStr">
+        <is>
+          <t>Elie</t>
+        </is>
+      </c>
+      <c r="C61" s="2" t="inlineStr">
+        <is>
+          <t>WANTY</t>
+        </is>
+      </c>
+      <c r="D61" s="2" t="inlineStr">
+        <is>
+          <t>elie.wanty@gmail.com</t>
+        </is>
+      </c>
+      <c r="E61" s="2" t="inlineStr"/>
+      <c r="F61" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="G61" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2027</t>
+        </is>
+      </c>
+      <c r="H61" s="2" t="inlineStr">
+        <is>
+          <t>HelloAsso</t>
+        </is>
+      </c>
+      <c r="I61" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J61" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="2" t="n">
+        <v>205</v>
+      </c>
+      <c r="B62" s="2" t="inlineStr">
+        <is>
+          <t>Bruno</t>
+        </is>
+      </c>
+      <c r="C62" s="2" t="inlineStr">
+        <is>
+          <t>WANTY</t>
+        </is>
+      </c>
+      <c r="D62" s="2" t="inlineStr">
+        <is>
+          <t>la.bas@wanadoo.fr</t>
+        </is>
+      </c>
+      <c r="E62" s="2" t="inlineStr"/>
+      <c r="F62" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="G62" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2027</t>
+        </is>
+      </c>
+      <c r="H62" s="2" t="inlineStr">
+        <is>
+          <t>HelloAsso</t>
+        </is>
+      </c>
+      <c r="I62" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J62" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="2" t="n">
+        <v>206</v>
+      </c>
+      <c r="B63" s="2" t="inlineStr">
+        <is>
+          <t>Alexandre</t>
+        </is>
+      </c>
+      <c r="C63" s="2" t="inlineStr">
+        <is>
+          <t>SABATTE</t>
+        </is>
+      </c>
+      <c r="D63" s="2" t="inlineStr">
+        <is>
+          <t>sabattea@gmail.com</t>
+        </is>
+      </c>
+      <c r="E63" s="2" t="inlineStr"/>
+      <c r="F63" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="G63" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2027</t>
+        </is>
+      </c>
+      <c r="H63" s="2" t="inlineStr">
+        <is>
+          <t>HelloAsso</t>
+        </is>
+      </c>
+      <c r="I63" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J63" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="2" t="n">
+        <v>207</v>
+      </c>
+      <c r="B64" s="2" t="inlineStr">
+        <is>
+          <t>Edith</t>
+        </is>
+      </c>
+      <c r="C64" s="2" t="inlineStr">
+        <is>
+          <t>BONILAVRI</t>
+        </is>
+      </c>
+      <c r="D64" s="2" t="inlineStr">
+        <is>
+          <t>edithbonilavri@hotmail.com</t>
+        </is>
+      </c>
+      <c r="E64" s="2" t="inlineStr"/>
+      <c r="F64" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="G64" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2027</t>
+        </is>
+      </c>
+      <c r="H64" s="2" t="inlineStr">
+        <is>
+          <t>HelloAsso</t>
+        </is>
+      </c>
+      <c r="I64" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J64" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="2" t="n">
+        <v>208</v>
+      </c>
+      <c r="B65" s="2" t="inlineStr">
+        <is>
+          <t>Benjamin</t>
+        </is>
+      </c>
+      <c r="C65" s="2" t="inlineStr">
+        <is>
+          <t>HOAREAU</t>
+        </is>
+      </c>
+      <c r="D65" s="2" t="inlineStr">
+        <is>
+          <t>hoareau.benjamin@yahoo.fr</t>
+        </is>
+      </c>
+      <c r="E65" s="2" t="inlineStr"/>
+      <c r="F65" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="G65" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2027</t>
+        </is>
+      </c>
+      <c r="H65" s="2" t="inlineStr">
+        <is>
+          <t>HelloAsso</t>
+        </is>
+      </c>
+      <c r="I65" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J65" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="2" t="n">
+        <v>209</v>
+      </c>
+      <c r="B66" s="2" t="inlineStr">
+        <is>
+          <t>Maddraie</t>
+        </is>
+      </c>
+      <c r="C66" s="2" t="inlineStr">
+        <is>
+          <t>LE PENNEC</t>
+        </is>
+      </c>
+      <c r="D66" s="2" t="inlineStr">
+        <is>
+          <t>maddraie1@gmail.com</t>
+        </is>
+      </c>
+      <c r="E66" s="2" t="inlineStr"/>
+      <c r="F66" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="G66" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2027</t>
+        </is>
+      </c>
+      <c r="H66" s="2" t="inlineStr">
+        <is>
+          <t>HelloAsso</t>
+        </is>
+      </c>
+      <c r="I66" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J66" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="2" t="n">
+        <v>210</v>
+      </c>
+      <c r="B67" s="2" t="inlineStr">
+        <is>
+          <t>Stéphanie</t>
+        </is>
+      </c>
+      <c r="C67" s="2" t="inlineStr">
+        <is>
+          <t>BUTTARD</t>
+        </is>
+      </c>
+      <c r="D67" s="2" t="inlineStr">
+        <is>
+          <t>stephaniebuttard@yahoo.fr</t>
+        </is>
+      </c>
+      <c r="E67" s="2" t="inlineStr"/>
+      <c r="F67" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2026</t>
+        </is>
+      </c>
+      <c r="G67" s="2" t="inlineStr">
+        <is>
+          <t>23/02/2027</t>
+        </is>
+      </c>
+      <c r="H67" s="2" t="inlineStr">
+        <is>
+          <t>HelloAsso</t>
+        </is>
+      </c>
+      <c r="I67" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J67" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="2" t="n">
+        <v>182</v>
+      </c>
+      <c r="B68" s="2" t="inlineStr">
+        <is>
+          <t>Francoise</t>
+        </is>
+      </c>
+      <c r="C68" s="2" t="inlineStr">
+        <is>
+          <t>LEBIAN</t>
+        </is>
+      </c>
+      <c r="D68" s="2" t="inlineStr">
+        <is>
+          <t>francoise.lebian@gmail.com</t>
+        </is>
+      </c>
+      <c r="E68" s="2" t="inlineStr">
+        <is>
+          <t>0692381066</t>
+        </is>
+      </c>
+      <c r="F68" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G68" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H68" s="2" t="inlineStr"/>
+      <c r="I68" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J68" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="2" t="n">
+        <v>183</v>
+      </c>
+      <c r="B69" s="2" t="inlineStr">
+        <is>
+          <t>Marjorie</t>
+        </is>
+      </c>
+      <c r="C69" s="2" t="inlineStr">
+        <is>
+          <t>CHOMEL</t>
+        </is>
+      </c>
+      <c r="D69" s="2" t="inlineStr">
+        <is>
+          <t>marjoriechomel@gmail.com</t>
+        </is>
+      </c>
+      <c r="E69" s="2" t="inlineStr">
+        <is>
+          <t>0767792744</t>
+        </is>
+      </c>
+      <c r="F69" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G69" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H69" s="2" t="inlineStr"/>
+      <c r="I69" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J69" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="2" t="n">
+        <v>184</v>
+      </c>
+      <c r="B70" s="2" t="inlineStr">
+        <is>
+          <t>Ilona</t>
+        </is>
+      </c>
+      <c r="C70" s="2" t="inlineStr">
+        <is>
+          <t>HUDIN</t>
+        </is>
+      </c>
+      <c r="D70" s="2" t="inlineStr">
+        <is>
+          <t>ilona.hudin@gmail.com</t>
+        </is>
+      </c>
+      <c r="E70" s="2" t="inlineStr">
+        <is>
+          <t>0602522573</t>
+        </is>
+      </c>
+      <c r="F70" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G70" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H70" s="2" t="inlineStr"/>
+      <c r="I70" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J70" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="2" t="n">
+        <v>185</v>
+      </c>
+      <c r="B71" s="2" t="inlineStr">
+        <is>
+          <t>Angeline</t>
+        </is>
+      </c>
+      <c r="C71" s="2" t="inlineStr">
+        <is>
+          <t>BARTASSOT</t>
+        </is>
+      </c>
+      <c r="D71" s="2" t="inlineStr">
+        <is>
+          <t>angebartassot@gmail.com</t>
+        </is>
+      </c>
+      <c r="E71" s="2" t="inlineStr">
+        <is>
+          <t>0665479741</t>
+        </is>
+      </c>
+      <c r="F71" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G71" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H71" s="2" t="inlineStr"/>
+      <c r="I71" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J71" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="2" t="n">
+        <v>186</v>
+      </c>
+      <c r="B72" s="2" t="inlineStr">
+        <is>
+          <t>Isabelle</t>
+        </is>
+      </c>
+      <c r="C72" s="2" t="inlineStr">
+        <is>
+          <t>DELLEAUX</t>
+        </is>
+      </c>
+      <c r="D72" s="2" t="inlineStr">
+        <is>
+          <t>zasinil@gmail.com</t>
+        </is>
+      </c>
+      <c r="E72" s="2" t="inlineStr">
+        <is>
+          <t>0692641942</t>
+        </is>
+      </c>
+      <c r="F72" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G72" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H72" s="2" t="inlineStr"/>
+      <c r="I72" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J72" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="2" t="n">
+        <v>187</v>
+      </c>
+      <c r="B73" s="2" t="inlineStr">
+        <is>
+          <t>Francoise</t>
+        </is>
+      </c>
+      <c r="C73" s="2" t="inlineStr">
+        <is>
+          <t>LODENET</t>
+        </is>
+      </c>
+      <c r="D73" s="2" t="inlineStr">
+        <is>
+          <t>fanfan.lodenet@gmail.com</t>
+        </is>
+      </c>
+      <c r="E73" s="2" t="inlineStr">
+        <is>
+          <t>0692223685</t>
+        </is>
+      </c>
+      <c r="F73" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G73" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H73" s="2" t="inlineStr"/>
+      <c r="I73" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J73" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="2" t="n">
+        <v>188</v>
+      </c>
+      <c r="B74" s="2" t="inlineStr">
+        <is>
+          <t>Francoise</t>
+        </is>
+      </c>
+      <c r="C74" s="2" t="inlineStr">
+        <is>
+          <t>BARDET</t>
+        </is>
+      </c>
+      <c r="D74" s="2" t="inlineStr">
+        <is>
+          <t>francoise.bardet@gmail.com</t>
+        </is>
+      </c>
+      <c r="E74" s="2" t="inlineStr"/>
+      <c r="F74" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G74" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H74" s="2" t="inlineStr"/>
+      <c r="I74" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J74" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="2" t="n">
+        <v>189</v>
+      </c>
+      <c r="B75" s="2" t="inlineStr">
+        <is>
+          <t>Herve</t>
+        </is>
+      </c>
+      <c r="C75" s="2" t="inlineStr">
+        <is>
+          <t>BARON</t>
+        </is>
+      </c>
+      <c r="D75" s="2" t="inlineStr">
+        <is>
+          <t>braveheron@gmail.com</t>
+        </is>
+      </c>
+      <c r="E75" s="2" t="inlineStr"/>
+      <c r="F75" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G75" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H75" s="2" t="inlineStr"/>
+      <c r="I75" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J75" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="2" t="n">
+        <v>190</v>
+      </c>
+      <c r="B76" s="2" t="inlineStr">
+        <is>
+          <t>Karine</t>
+        </is>
+      </c>
+      <c r="C76" s="2" t="inlineStr">
+        <is>
+          <t>ROY</t>
+        </is>
+      </c>
+      <c r="D76" s="2" t="inlineStr">
+        <is>
+          <t>roykarine47@gmail.com</t>
+        </is>
+      </c>
+      <c r="E76" s="2" t="inlineStr">
+        <is>
+          <t>0693419231</t>
+        </is>
+      </c>
+      <c r="F76" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G76" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H76" s="2" t="inlineStr"/>
+      <c r="I76" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J76" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" s="2" t="n">
+        <v>191</v>
+      </c>
+      <c r="B77" s="2" t="inlineStr">
+        <is>
+          <t>Jean-Baptiste</t>
+        </is>
+      </c>
+      <c r="C77" s="2" t="inlineStr">
+        <is>
+          <t>MENTION</t>
+        </is>
+      </c>
+      <c r="D77" s="2" t="inlineStr">
+        <is>
+          <t>mentionjb@gmail.com</t>
+        </is>
+      </c>
+      <c r="E77" s="2" t="inlineStr"/>
+      <c r="F77" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G77" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H77" s="2" t="inlineStr"/>
+      <c r="I77" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J77" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="2" t="n">
+        <v>192</v>
+      </c>
+      <c r="B78" s="2" t="inlineStr">
+        <is>
+          <t>Carole</t>
+        </is>
+      </c>
+      <c r="C78" s="2" t="inlineStr">
+        <is>
+          <t>URIA</t>
+        </is>
+      </c>
+      <c r="D78" s="2" t="inlineStr">
+        <is>
+          <t>seuru.carole@gmail.com</t>
+        </is>
+      </c>
+      <c r="E78" s="2" t="inlineStr">
+        <is>
+          <t>0693932361</t>
+        </is>
+      </c>
+      <c r="F78" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G78" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H78" s="2" t="inlineStr"/>
+      <c r="I78" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J78" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" s="2" t="n">
+        <v>193</v>
+      </c>
+      <c r="B79" s="2" t="inlineStr">
+        <is>
+          <t>Patrice</t>
+        </is>
+      </c>
+      <c r="C79" s="2" t="inlineStr">
+        <is>
+          <t>URIA</t>
+        </is>
+      </c>
+      <c r="D79" s="2" t="inlineStr">
+        <is>
+          <t>uria.patrice@gmail.com</t>
+        </is>
+      </c>
+      <c r="E79" s="2" t="inlineStr">
+        <is>
+          <t>0692261679</t>
+        </is>
+      </c>
+      <c r="F79" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G79" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H79" s="2" t="inlineStr"/>
+      <c r="I79" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J79" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" s="2" t="n">
+        <v>194</v>
+      </c>
+      <c r="B80" s="2" t="inlineStr">
+        <is>
+          <t>Valentine</t>
+        </is>
+      </c>
+      <c r="C80" s="2" t="inlineStr">
+        <is>
+          <t>VULLIEZ</t>
+        </is>
+      </c>
+      <c r="D80" s="2" t="inlineStr">
+        <is>
+          <t>valentine.vulliez@gmail.com</t>
+        </is>
+      </c>
+      <c r="E80" s="2" t="inlineStr">
+        <is>
+          <t>0693457829</t>
+        </is>
+      </c>
+      <c r="F80" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G80" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H80" s="2" t="inlineStr"/>
+      <c r="I80" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J80" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" s="2" t="n">
+        <v>195</v>
+      </c>
+      <c r="B81" s="2" t="inlineStr">
+        <is>
+          <t>Armande</t>
+        </is>
+      </c>
+      <c r="C81" s="2" t="inlineStr">
+        <is>
+          <t>MOTAIS DE NARBONNE</t>
+        </is>
+      </c>
+      <c r="D81" s="2" t="inlineStr">
+        <is>
+          <t>armande.mdn@gmail.com</t>
+        </is>
+      </c>
+      <c r="E81" s="2" t="inlineStr">
+        <is>
+          <t>0692242602</t>
+        </is>
+      </c>
+      <c r="F81" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G81" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H81" s="2" t="inlineStr"/>
+      <c r="I81" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J81" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" s="2" t="n">
+        <v>196</v>
+      </c>
+      <c r="B82" s="2" t="inlineStr">
+        <is>
+          <t>Barbara Et Klara</t>
+        </is>
+      </c>
+      <c r="C82" s="2" t="inlineStr">
+        <is>
+          <t>DEZILEAUX</t>
+        </is>
+      </c>
+      <c r="D82" s="2" t="inlineStr">
+        <is>
+          <t>b.dezileaux@gmail.com</t>
+        </is>
+      </c>
+      <c r="E82" s="2" t="inlineStr">
+        <is>
+          <t>0688678985</t>
+        </is>
+      </c>
+      <c r="F82" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G82" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H82" s="2" t="inlineStr"/>
+      <c r="I82" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J82" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" s="2" t="n">
+        <v>197</v>
+      </c>
+      <c r="B83" s="2" t="inlineStr">
+        <is>
+          <t>Thomas</t>
+        </is>
+      </c>
+      <c r="C83" s="2" t="inlineStr">
+        <is>
+          <t>HIDÉ</t>
+        </is>
+      </c>
+      <c r="D83" s="2" t="inlineStr">
+        <is>
+          <t>thomashiderer@gmail.com</t>
+        </is>
+      </c>
+      <c r="E83" s="2" t="inlineStr">
+        <is>
+          <t>0693309587</t>
+        </is>
+      </c>
+      <c r="F83" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G83" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H83" s="2" t="inlineStr"/>
+      <c r="I83" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J83" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" s="2" t="n">
+        <v>198</v>
+      </c>
+      <c r="B84" s="2" t="inlineStr">
+        <is>
+          <t>Rozenn</t>
+        </is>
+      </c>
+      <c r="C84" s="2" t="inlineStr">
+        <is>
+          <t>LÉOST  - PAQUÉ</t>
+        </is>
+      </c>
+      <c r="D84" s="2" t="inlineStr">
+        <is>
+          <t>mo.armen@laposte.net</t>
+        </is>
+      </c>
+      <c r="E84" s="2" t="inlineStr"/>
+      <c r="F84" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G84" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H84" s="2" t="inlineStr"/>
+      <c r="I84" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J84" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" s="2" t="n">
+        <v>199</v>
+      </c>
+      <c r="B85" s="2" t="inlineStr">
+        <is>
+          <t>Théo</t>
+        </is>
+      </c>
+      <c r="C85" s="2" t="inlineStr">
+        <is>
+          <t>PAQUÉ</t>
+        </is>
+      </c>
+      <c r="D85" s="2" t="inlineStr">
+        <is>
+          <t>theo.paque@laposte.net</t>
+        </is>
+      </c>
+      <c r="E85" s="2" t="inlineStr">
+        <is>
+          <t>0693868432</t>
+        </is>
+      </c>
+      <c r="F85" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G85" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H85" s="2" t="inlineStr"/>
+      <c r="I85" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J85" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" s="2" t="n">
+        <v>200</v>
+      </c>
+      <c r="B86" s="2" t="inlineStr">
+        <is>
+          <t>Marine</t>
+        </is>
+      </c>
+      <c r="C86" s="2" t="inlineStr">
+        <is>
+          <t>LÉSOT</t>
+        </is>
+      </c>
+      <c r="D86" s="2" t="inlineStr">
+        <is>
+          <t>leost.marine@laposte.net</t>
+        </is>
+      </c>
+      <c r="E86" s="2" t="inlineStr"/>
+      <c r="F86" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G86" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H86" s="2" t="inlineStr"/>
+      <c r="I86" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J86" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" s="2" t="n">
+        <v>213</v>
+      </c>
+      <c r="B87" s="2" t="inlineStr">
+        <is>
+          <t>Emmanuel</t>
+        </is>
+      </c>
+      <c r="C87" s="2" t="inlineStr">
+        <is>
+          <t>RYCKEMBUSCM</t>
+        </is>
+      </c>
+      <c r="D87" s="2" t="inlineStr">
+        <is>
+          <t>donmiguel1976@protonmail.com</t>
+        </is>
+      </c>
+      <c r="E87" s="2" t="inlineStr">
+        <is>
+          <t>0693818636</t>
+        </is>
+      </c>
+      <c r="F87" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G87" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H87" s="2" t="inlineStr">
+        <is>
+          <t>Espèces</t>
+        </is>
+      </c>
+      <c r="I87" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J87" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="2" t="n">
+        <v>214</v>
+      </c>
+      <c r="B88" s="2" t="inlineStr">
+        <is>
+          <t>Patricia</t>
+        </is>
+      </c>
+      <c r="C88" s="2" t="inlineStr">
+        <is>
+          <t>SORIN</t>
+        </is>
+      </c>
+      <c r="D88" s="2" t="inlineStr">
+        <is>
+          <t>patricia.sorin974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E88" s="2" t="inlineStr">
+        <is>
+          <t>0692558711</t>
+        </is>
+      </c>
+      <c r="F88" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2026</t>
+        </is>
+      </c>
+      <c r="G88" s="2" t="inlineStr">
+        <is>
+          <t>20/02/2027</t>
+        </is>
+      </c>
+      <c r="H88" s="2" t="inlineStr"/>
+      <c r="I88" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J88" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="2" t="n">
+        <v>181</v>
+      </c>
+      <c r="B89" s="2" t="inlineStr">
+        <is>
+          <t>Gwenn</t>
+        </is>
+      </c>
+      <c r="C89" s="2" t="inlineStr">
+        <is>
+          <t>SOUMY</t>
+        </is>
+      </c>
+      <c r="D89" s="2" t="inlineStr">
+        <is>
+          <t>gwenn.soum@gmail.com</t>
+        </is>
+      </c>
+      <c r="E89" s="2" t="inlineStr">
+        <is>
+          <t>0693604728</t>
+        </is>
+      </c>
+      <c r="F89" s="2" t="inlineStr">
+        <is>
+          <t>18/02/2026</t>
+        </is>
+      </c>
+      <c r="G89" s="2" t="inlineStr">
+        <is>
+          <t>18/02/2027</t>
+        </is>
+      </c>
+      <c r="H89" s="2" t="inlineStr"/>
+      <c r="I89" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J89" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" s="2" t="n">
+        <v>180</v>
+      </c>
+      <c r="B90" s="2" t="inlineStr">
+        <is>
+          <t>Sarah</t>
+        </is>
+      </c>
+      <c r="C90" s="2" t="inlineStr">
+        <is>
+          <t>RACHAD</t>
+        </is>
+      </c>
+      <c r="D90" s="2" t="inlineStr">
+        <is>
+          <t>rachadsarah@hotmail.com</t>
+        </is>
+      </c>
+      <c r="E90" s="2" t="inlineStr"/>
+      <c r="F90" s="2" t="inlineStr">
+        <is>
+          <t>16/02/2026</t>
+        </is>
+      </c>
+      <c r="G90" s="2" t="inlineStr">
+        <is>
+          <t>16/02/2027</t>
+        </is>
+      </c>
+      <c r="H90" s="2" t="inlineStr"/>
+      <c r="I90" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J90" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" s="2" t="n">
+        <v>172</v>
+      </c>
+      <c r="B91" s="2" t="inlineStr">
+        <is>
+          <t>Loran</t>
+        </is>
+      </c>
+      <c r="C91" s="2" t="inlineStr">
+        <is>
+          <t>PAYET-BRIDIER</t>
+        </is>
+      </c>
+      <c r="D91" s="2" t="inlineStr">
+        <is>
+          <t>loran.payetbridier@gmail.com</t>
+        </is>
+      </c>
+      <c r="E91" s="2" t="inlineStr">
+        <is>
+          <t>0692717680</t>
+        </is>
+      </c>
+      <c r="F91" s="2" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
+      <c r="G91" s="2" t="inlineStr">
+        <is>
+          <t>15/02/2027</t>
+        </is>
+      </c>
+      <c r="H91" s="2" t="inlineStr"/>
+      <c r="I91" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J91" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" s="2" t="n">
+        <v>173</v>
+      </c>
+      <c r="B92" s="2" t="inlineStr">
+        <is>
+          <t>Thomas</t>
+        </is>
+      </c>
+      <c r="C92" s="2" t="inlineStr">
+        <is>
+          <t>SIGISMEAU</t>
+        </is>
+      </c>
+      <c r="D92" s="2" t="inlineStr">
+        <is>
+          <t>thomas.sigismeau@live.fr</t>
+        </is>
+      </c>
+      <c r="E92" s="2" t="inlineStr"/>
+      <c r="F92" s="2" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
+      <c r="G92" s="2" t="inlineStr">
+        <is>
+          <t>15/02/2027</t>
+        </is>
+      </c>
+      <c r="H92" s="2" t="inlineStr"/>
+      <c r="I92" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J92" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="2" t="n">
+        <v>179</v>
+      </c>
+      <c r="B93" s="2" t="inlineStr">
+        <is>
+          <t>Laëtitia</t>
+        </is>
+      </c>
+      <c r="C93" s="2" t="inlineStr">
+        <is>
+          <t>DUSSEAUX</t>
+        </is>
+      </c>
+      <c r="D93" s="2" t="inlineStr">
+        <is>
+          <t>gwadalia@gmail.com</t>
+        </is>
+      </c>
+      <c r="E93" s="2" t="inlineStr"/>
+      <c r="F93" s="2" t="inlineStr">
+        <is>
+          <t>15/02/2026</t>
+        </is>
+      </c>
+      <c r="G93" s="2" t="inlineStr">
+        <is>
+          <t>15/02/2027</t>
+        </is>
+      </c>
+      <c r="H93" s="2" t="inlineStr"/>
+      <c r="I93" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J93" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="2" t="n">
+        <v>162</v>
+      </c>
+      <c r="B94" s="2" t="inlineStr">
+        <is>
+          <t>Ratiba</t>
+        </is>
+      </c>
+      <c r="C94" s="2" t="inlineStr">
+        <is>
+          <t>GHAYOU</t>
+        </is>
+      </c>
+      <c r="D94" s="2" t="inlineStr">
+        <is>
+          <t>ghayou.ratiba@gmail.com</t>
+        </is>
+      </c>
+      <c r="E94" s="2" t="inlineStr">
+        <is>
+          <t>0692339444</t>
+        </is>
+      </c>
+      <c r="F94" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+      <c r="G94" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2027</t>
+        </is>
+      </c>
+      <c r="H94" s="2" t="inlineStr"/>
+      <c r="I94" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J94" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="2" t="n">
+        <v>163</v>
+      </c>
+      <c r="B95" s="2" t="inlineStr">
+        <is>
+          <t>Nouaba</t>
+        </is>
+      </c>
+      <c r="C95" s="2" t="inlineStr">
+        <is>
+          <t>GHAYOU</t>
+        </is>
+      </c>
+      <c r="D95" s="2" t="inlineStr">
+        <is>
+          <t>nora.g@live.fr</t>
+        </is>
+      </c>
+      <c r="E95" s="2" t="inlineStr">
+        <is>
+          <t>0664732940</t>
+        </is>
+      </c>
+      <c r="F95" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+      <c r="G95" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2027</t>
+        </is>
+      </c>
+      <c r="H95" s="2" t="inlineStr"/>
+      <c r="I95" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J95" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="2" t="n">
+        <v>164</v>
+      </c>
+      <c r="B96" s="2" t="inlineStr">
+        <is>
+          <t>Sylvie</t>
+        </is>
+      </c>
+      <c r="C96" s="2" t="inlineStr">
+        <is>
+          <t>MARIE</t>
+        </is>
+      </c>
+      <c r="D96" s="2" t="inlineStr">
+        <is>
+          <t>sylvette111@hotmail.com</t>
+        </is>
+      </c>
+      <c r="E96" s="2" t="inlineStr">
+        <is>
+          <t>0692374280</t>
+        </is>
+      </c>
+      <c r="F96" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+      <c r="G96" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2027</t>
+        </is>
+      </c>
+      <c r="H96" s="2" t="inlineStr"/>
+      <c r="I96" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J96" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" s="2" t="n">
+        <v>165</v>
+      </c>
+      <c r="B97" s="2" t="inlineStr">
+        <is>
+          <t>Marie-Reine</t>
+        </is>
+      </c>
+      <c r="C97" s="2" t="inlineStr">
+        <is>
+          <t>BLARD</t>
+        </is>
+      </c>
+      <c r="D97" s="2" t="inlineStr">
+        <is>
+          <t>bldreine@gmail.com</t>
+        </is>
+      </c>
+      <c r="E97" s="2" t="inlineStr">
+        <is>
+          <t>0692268566</t>
+        </is>
+      </c>
+      <c r="F97" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+      <c r="G97" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2027</t>
+        </is>
+      </c>
+      <c r="H97" s="2" t="inlineStr"/>
+      <c r="I97" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J97" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" s="2" t="n">
+        <v>166</v>
+      </c>
+      <c r="B98" s="2" t="inlineStr">
+        <is>
+          <t>Maureen</t>
+        </is>
+      </c>
+      <c r="C98" s="2" t="inlineStr">
+        <is>
+          <t>RAGOUCY</t>
+        </is>
+      </c>
+      <c r="D98" s="2" t="inlineStr">
+        <is>
+          <t>maureenragoucy@gmail.com</t>
+        </is>
+      </c>
+      <c r="E98" s="2" t="inlineStr"/>
+      <c r="F98" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+      <c r="G98" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2027</t>
+        </is>
+      </c>
+      <c r="H98" s="2" t="inlineStr"/>
+      <c r="I98" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J98" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" s="2" t="n">
+        <v>167</v>
+      </c>
+      <c r="B99" s="2" t="inlineStr">
+        <is>
+          <t>Remi</t>
+        </is>
+      </c>
+      <c r="C99" s="2" t="inlineStr">
+        <is>
+          <t>COUTENSO</t>
+        </is>
+      </c>
+      <c r="D99" s="2" t="inlineStr">
+        <is>
+          <t>remi.coutenso@gmail.com</t>
+        </is>
+      </c>
+      <c r="E99" s="2" t="inlineStr"/>
+      <c r="F99" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+      <c r="G99" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2027</t>
+        </is>
+      </c>
+      <c r="H99" s="2" t="inlineStr"/>
+      <c r="I99" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J99" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="2" t="n">
+        <v>168</v>
+      </c>
+      <c r="B100" s="2" t="inlineStr">
+        <is>
+          <t>Audrey</t>
+        </is>
+      </c>
+      <c r="C100" s="2" t="inlineStr">
+        <is>
+          <t>LECLERCQ</t>
+        </is>
+      </c>
+      <c r="D100" s="2" t="inlineStr">
+        <is>
+          <t>leclercqaudrey@yahoo.com</t>
+        </is>
+      </c>
+      <c r="E100" s="2" t="inlineStr">
+        <is>
+          <t>0693633577</t>
+        </is>
+      </c>
+      <c r="F100" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+      <c r="G100" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2027</t>
+        </is>
+      </c>
+      <c r="H100" s="2" t="inlineStr"/>
+      <c r="I100" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J100" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="2" t="n">
+        <v>169</v>
+      </c>
+      <c r="B101" s="2" t="inlineStr">
+        <is>
+          <t>Rose</t>
+        </is>
+      </c>
+      <c r="C101" s="2" t="inlineStr">
+        <is>
+          <t>PAYET</t>
+        </is>
+      </c>
+      <c r="D101" s="2" t="inlineStr">
+        <is>
+          <t>payetrosemarie@gmail.com</t>
+        </is>
+      </c>
+      <c r="E101" s="2" t="inlineStr">
+        <is>
+          <t>0692320490</t>
+        </is>
+      </c>
+      <c r="F101" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+      <c r="G101" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2027</t>
+        </is>
+      </c>
+      <c r="H101" s="2" t="inlineStr"/>
+      <c r="I101" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J101" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="2" t="n">
+        <v>170</v>
+      </c>
+      <c r="B102" s="2" t="inlineStr">
+        <is>
+          <t>Natalie</t>
+        </is>
+      </c>
+      <c r="C102" s="2" t="inlineStr">
+        <is>
+          <t>WIESMANN</t>
+        </is>
+      </c>
+      <c r="D102" s="2" t="inlineStr">
+        <is>
+          <t>nataliewiesmann@gmail.com</t>
+        </is>
+      </c>
+      <c r="E102" s="2" t="inlineStr"/>
+      <c r="F102" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+      <c r="G102" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2027</t>
+        </is>
+      </c>
+      <c r="H102" s="2" t="inlineStr"/>
+      <c r="I102" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J102" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="2" t="n">
+        <v>171</v>
+      </c>
+      <c r="B103" s="2" t="inlineStr">
+        <is>
+          <t>Audrenn</t>
+        </is>
+      </c>
+      <c r="C103" s="2" t="inlineStr">
+        <is>
+          <t>LEMEE</t>
+        </is>
+      </c>
+      <c r="D103" s="2" t="inlineStr">
+        <is>
+          <t>audrenn.lemee@gmail.com</t>
+        </is>
+      </c>
+      <c r="E103" s="2" t="inlineStr">
+        <is>
+          <t>0692592495</t>
+        </is>
+      </c>
+      <c r="F103" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2026</t>
+        </is>
+      </c>
+      <c r="G103" s="2" t="inlineStr">
+        <is>
+          <t>14/02/2027</t>
+        </is>
+      </c>
+      <c r="H103" s="2" t="inlineStr"/>
+      <c r="I103" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J103" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="2" t="n">
+        <v>155</v>
+      </c>
+      <c r="B104" s="2" t="inlineStr">
+        <is>
+          <t>Herve</t>
+        </is>
+      </c>
+      <c r="C104" s="2" t="inlineStr">
+        <is>
+          <t>LAPALUD</t>
+        </is>
+      </c>
+      <c r="D104" s="2" t="inlineStr">
+        <is>
+          <t>rv@hervelapalud.com</t>
+        </is>
+      </c>
+      <c r="E104" s="2" t="inlineStr">
+        <is>
+          <t>061624446</t>
+        </is>
+      </c>
+      <c r="F104" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+      <c r="G104" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2027</t>
+        </is>
+      </c>
+      <c r="H104" s="2" t="inlineStr"/>
+      <c r="I104" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J104" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" s="2" t="n">
+        <v>156</v>
+      </c>
+      <c r="B105" s="2" t="inlineStr">
+        <is>
+          <t>Ghania</t>
+        </is>
+      </c>
+      <c r="C105" s="2" t="inlineStr">
+        <is>
+          <t>HASNAOUI</t>
+        </is>
+      </c>
+      <c r="D105" s="2" t="inlineStr">
+        <is>
+          <t>ghannia7@yahoo.fr</t>
+        </is>
+      </c>
+      <c r="E105" s="2" t="inlineStr">
+        <is>
+          <t>0692328729</t>
+        </is>
+      </c>
+      <c r="F105" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+      <c r="G105" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2027</t>
+        </is>
+      </c>
+      <c r="H105" s="2" t="inlineStr"/>
+      <c r="I105" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J105" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" s="2" t="n">
+        <v>157</v>
+      </c>
+      <c r="B106" s="2" t="inlineStr">
+        <is>
+          <t>Piero</t>
+        </is>
+      </c>
+      <c r="C106" s="2" t="inlineStr">
+        <is>
+          <t>BOULLAND</t>
+        </is>
+      </c>
+      <c r="D106" s="2" t="inlineStr">
+        <is>
+          <t>pierrehboulland@gmail.com</t>
+        </is>
+      </c>
+      <c r="E106" s="2" t="inlineStr">
+        <is>
+          <t>0693435313</t>
+        </is>
+      </c>
+      <c r="F106" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+      <c r="G106" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2027</t>
+        </is>
+      </c>
+      <c r="H106" s="2" t="inlineStr"/>
+      <c r="I106" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J106" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" s="2" t="n">
+        <v>158</v>
+      </c>
+      <c r="B107" s="2" t="inlineStr">
+        <is>
+          <t>Victor</t>
+        </is>
+      </c>
+      <c r="C107" s="2" t="inlineStr">
+        <is>
+          <t>VACHEY</t>
+        </is>
+      </c>
+      <c r="D107" s="2" t="inlineStr">
+        <is>
+          <t>victor.vachey@gmail.com</t>
+        </is>
+      </c>
+      <c r="E107" s="2" t="inlineStr">
+        <is>
+          <t>0698053825</t>
+        </is>
+      </c>
+      <c r="F107" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+      <c r="G107" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2027</t>
+        </is>
+      </c>
+      <c r="H107" s="2" t="inlineStr"/>
+      <c r="I107" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J107" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" s="2" t="n">
+        <v>159</v>
+      </c>
+      <c r="B108" s="2" t="inlineStr">
+        <is>
+          <t>Mathias</t>
+        </is>
+      </c>
+      <c r="C108" s="2" t="inlineStr">
+        <is>
+          <t>MONTBAZET</t>
+        </is>
+      </c>
+      <c r="D108" s="2" t="inlineStr">
+        <is>
+          <t>m.mathias@gmx.com</t>
+        </is>
+      </c>
+      <c r="E108" s="2" t="inlineStr"/>
+      <c r="F108" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+      <c r="G108" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2027</t>
+        </is>
+      </c>
+      <c r="H108" s="2" t="inlineStr"/>
+      <c r="I108" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J108" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" s="2" t="n">
+        <v>160</v>
+      </c>
+      <c r="B109" s="2" t="inlineStr">
+        <is>
+          <t>Thierry</t>
+        </is>
+      </c>
+      <c r="C109" s="2" t="inlineStr">
+        <is>
+          <t>RIVIERE</t>
+        </is>
+      </c>
+      <c r="D109" s="2" t="inlineStr">
+        <is>
+          <t>thierry97430@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E109" s="2" t="inlineStr">
+        <is>
+          <t>0650354624</t>
+        </is>
+      </c>
+      <c r="F109" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+      <c r="G109" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2027</t>
+        </is>
+      </c>
+      <c r="H109" s="2" t="inlineStr"/>
+      <c r="I109" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J109" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" s="2" t="n">
+        <v>161</v>
+      </c>
+      <c r="B110" s="2" t="inlineStr">
+        <is>
+          <t>Florent</t>
+        </is>
+      </c>
+      <c r="C110" s="2" t="inlineStr">
+        <is>
+          <t>LEMEE</t>
+        </is>
+      </c>
+      <c r="D110" s="2" t="inlineStr">
+        <is>
+          <t>florentlemee@yahoo.fr</t>
+        </is>
+      </c>
+      <c r="E110" s="2" t="inlineStr">
+        <is>
+          <t>0692533811</t>
+        </is>
+      </c>
+      <c r="F110" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+      <c r="G110" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2027</t>
+        </is>
+      </c>
+      <c r="H110" s="2" t="inlineStr"/>
+      <c r="I110" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J110" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" s="2" t="n">
+        <v>174</v>
+      </c>
+      <c r="B111" s="2" t="inlineStr">
+        <is>
+          <t>Wendy</t>
+        </is>
+      </c>
+      <c r="C111" s="2" t="inlineStr">
+        <is>
+          <t>GRONDIN</t>
+        </is>
+      </c>
+      <c r="D111" s="2" t="inlineStr">
+        <is>
+          <t>grdwendy@gmail.com</t>
+        </is>
+      </c>
+      <c r="E111" s="2" t="inlineStr"/>
+      <c r="F111" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+      <c r="G111" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2027</t>
+        </is>
+      </c>
+      <c r="H111" s="2" t="inlineStr"/>
+      <c r="I111" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J111" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="2" t="n">
+        <v>175</v>
+      </c>
+      <c r="B112" s="2" t="inlineStr">
+        <is>
+          <t>Kerane</t>
+        </is>
+      </c>
+      <c r="C112" s="2" t="inlineStr">
+        <is>
+          <t>CLENET</t>
+        </is>
+      </c>
+      <c r="D112" s="2" t="inlineStr">
+        <is>
+          <t>kerane.clenet.14@gmail.com</t>
+        </is>
+      </c>
+      <c r="E112" s="2" t="inlineStr"/>
+      <c r="F112" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+      <c r="G112" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2027</t>
+        </is>
+      </c>
+      <c r="H112" s="2" t="inlineStr"/>
+      <c r="I112" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J112" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="2" t="n">
+        <v>176</v>
+      </c>
+      <c r="B113" s="2" t="inlineStr">
+        <is>
+          <t>Elise</t>
+        </is>
+      </c>
+      <c r="C113" s="2" t="inlineStr">
+        <is>
+          <t>CARBOU</t>
+        </is>
+      </c>
+      <c r="D113" s="2" t="inlineStr">
+        <is>
+          <t>carbou.elise@gmail.com</t>
+        </is>
+      </c>
+      <c r="E113" s="2" t="inlineStr"/>
+      <c r="F113" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2026</t>
+        </is>
+      </c>
+      <c r="G113" s="2" t="inlineStr">
+        <is>
+          <t>13/02/2027</t>
+        </is>
+      </c>
+      <c r="H113" s="2" t="inlineStr"/>
+      <c r="I113" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J113" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="2" t="n">
+        <v>148</v>
+      </c>
+      <c r="B114" s="2" t="inlineStr">
+        <is>
+          <t>Jean Max</t>
+        </is>
+      </c>
+      <c r="C114" s="2" t="inlineStr">
+        <is>
+          <t>RIVIERE</t>
+        </is>
+      </c>
+      <c r="D114" s="2" t="inlineStr">
+        <is>
+          <t>coltrimax97@orange.fr</t>
+        </is>
+      </c>
+      <c r="E114" s="2" t="inlineStr"/>
+      <c r="F114" s="2" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+      <c r="G114" s="2" t="inlineStr">
+        <is>
+          <t>12/02/2027</t>
+        </is>
+      </c>
+      <c r="H114" s="2" t="inlineStr"/>
+      <c r="I114" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J114" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="2" t="n">
+        <v>149</v>
+      </c>
+      <c r="B115" s="2" t="inlineStr">
+        <is>
+          <t>Patris Bayoun</t>
+        </is>
+      </c>
+      <c r="C115" s="2" t="inlineStr">
+        <is>
+          <t>BRENNUS</t>
+        </is>
+      </c>
+      <c r="D115" s="2" t="inlineStr">
+        <is>
+          <t>patrisbrennus@gmail.com</t>
+        </is>
+      </c>
+      <c r="E115" s="2" t="inlineStr">
+        <is>
+          <t>0692746389</t>
+        </is>
+      </c>
+      <c r="F115" s="2" t="inlineStr">
+        <is>
+          <t>12/02/2026</t>
+        </is>
+      </c>
+      <c r="G115" s="2" t="inlineStr">
+        <is>
+          <t>12/02/2027</t>
+        </is>
+      </c>
+      <c r="H115" s="2" t="inlineStr"/>
+      <c r="I115" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J115" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="2" t="n">
+        <v>152</v>
+      </c>
+      <c r="B116" s="2" t="inlineStr">
+        <is>
+          <t>Armel</t>
+        </is>
+      </c>
+      <c r="C116" s="2" t="inlineStr">
+        <is>
+          <t>ETHEVE</t>
+        </is>
+      </c>
+      <c r="D116" s="2" t="inlineStr">
+        <is>
+          <t>armel.etheve@gmail.com</t>
+        </is>
+      </c>
+      <c r="E116" s="2" t="inlineStr">
+        <is>
+          <t>0692362634</t>
+        </is>
+      </c>
+      <c r="F116" s="2" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+      <c r="G116" s="2" t="inlineStr">
+        <is>
+          <t>10/02/2027</t>
+        </is>
+      </c>
+      <c r="H116" s="2" t="inlineStr"/>
+      <c r="I116" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J116" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="2" t="n">
+        <v>154</v>
+      </c>
+      <c r="B117" s="2" t="inlineStr">
+        <is>
+          <t>Alexis</t>
+        </is>
+      </c>
+      <c r="C117" s="2" t="inlineStr">
+        <is>
+          <t>LEGROS</t>
+        </is>
+      </c>
+      <c r="D117" s="2" t="inlineStr">
+        <is>
+          <t>alexislegrosquotidien@gmail.com</t>
+        </is>
+      </c>
+      <c r="E117" s="2" t="inlineStr">
+        <is>
+          <t>0693548452</t>
+        </is>
+      </c>
+      <c r="F117" s="2" t="inlineStr">
+        <is>
+          <t>10/02/2026</t>
+        </is>
+      </c>
+      <c r="G117" s="2" t="inlineStr">
+        <is>
+          <t>10/02/2027</t>
+        </is>
+      </c>
+      <c r="H117" s="2" t="inlineStr"/>
+      <c r="I117" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J117" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="2" t="n">
+        <v>139</v>
+      </c>
+      <c r="B118" s="2" t="inlineStr">
+        <is>
+          <t>Murielle</t>
+        </is>
+      </c>
+      <c r="C118" s="2" t="inlineStr">
+        <is>
+          <t>HOAREAU</t>
+        </is>
+      </c>
+      <c r="D118" s="2" t="inlineStr">
+        <is>
+          <t>murielle.hoareau@ootlook.fr</t>
+        </is>
+      </c>
+      <c r="E118" s="2" t="inlineStr"/>
+      <c r="F118" s="2" t="inlineStr">
+        <is>
+          <t>06/02/2026</t>
+        </is>
+      </c>
+      <c r="G118" s="2" t="inlineStr">
+        <is>
+          <t>06/02/2027</t>
+        </is>
+      </c>
+      <c r="H118" s="2" t="inlineStr"/>
+      <c r="I118" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J118" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="2" t="n">
+        <v>150</v>
+      </c>
+      <c r="B119" s="2" t="inlineStr">
+        <is>
+          <t>Roselyne</t>
+        </is>
+      </c>
+      <c r="C119" s="2" t="inlineStr">
+        <is>
+          <t>PAYET</t>
+        </is>
+      </c>
+      <c r="D119" s="2" t="inlineStr">
+        <is>
+          <t>grondinroselyne@gmail.com</t>
+        </is>
+      </c>
+      <c r="E119" s="2" t="inlineStr">
+        <is>
+          <t>0692547528</t>
+        </is>
+      </c>
+      <c r="F119" s="2" t="inlineStr">
+        <is>
+          <t>06/02/2026</t>
+        </is>
+      </c>
+      <c r="G119" s="2" t="inlineStr">
+        <is>
+          <t>06/02/2027</t>
+        </is>
+      </c>
+      <c r="H119" s="2" t="inlineStr"/>
+      <c r="I119" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J119" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="2" t="n">
+        <v>151</v>
+      </c>
+      <c r="B120" s="2" t="inlineStr">
+        <is>
+          <t>Erwan</t>
+        </is>
+      </c>
+      <c r="C120" s="2" t="inlineStr">
+        <is>
+          <t>CONRAD</t>
+        </is>
+      </c>
+      <c r="D120" s="2" t="inlineStr">
+        <is>
+          <t>erwan.conrad@gmail.com</t>
+        </is>
+      </c>
+      <c r="E120" s="2" t="inlineStr">
+        <is>
+          <t>0642790794</t>
+        </is>
+      </c>
+      <c r="F120" s="2" t="inlineStr">
+        <is>
+          <t>06/02/2026</t>
+        </is>
+      </c>
+      <c r="G120" s="2" t="inlineStr">
+        <is>
+          <t>06/02/2027</t>
+        </is>
+      </c>
+      <c r="H120" s="2" t="inlineStr"/>
+      <c r="I120" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J120" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="2" t="n">
+        <v>153</v>
+      </c>
+      <c r="B121" s="2" t="inlineStr">
+        <is>
+          <t>Erwan</t>
+        </is>
+      </c>
+      <c r="C121" s="2" t="inlineStr">
+        <is>
+          <t>CONRARD</t>
+        </is>
+      </c>
+      <c r="D121" s="2" t="inlineStr">
+        <is>
+          <t>erwan.conrard@gmail.com</t>
+        </is>
+      </c>
+      <c r="E121" s="2" t="inlineStr">
+        <is>
+          <t>0642790794</t>
+        </is>
+      </c>
+      <c r="F121" s="2" t="inlineStr">
+        <is>
+          <t>06/02/2026</t>
+        </is>
+      </c>
+      <c r="G121" s="2" t="inlineStr">
+        <is>
+          <t>06/02/2027</t>
+        </is>
+      </c>
+      <c r="H121" s="2" t="inlineStr"/>
+      <c r="I121" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J121" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="2" t="n">
+        <v>146</v>
+      </c>
+      <c r="B122" s="2" t="inlineStr">
+        <is>
+          <t>Hélène</t>
+        </is>
+      </c>
+      <c r="C122" s="2" t="inlineStr">
+        <is>
+          <t>BENARD</t>
+        </is>
+      </c>
+      <c r="D122" s="2" t="inlineStr">
+        <is>
+          <t>hlne.benard@gmail.com</t>
+        </is>
+      </c>
+      <c r="E122" s="2" t="inlineStr">
+        <is>
+          <t>0692488194</t>
+        </is>
+      </c>
+      <c r="F122" s="2" t="inlineStr">
+        <is>
+          <t>05/02/2026</t>
+        </is>
+      </c>
+      <c r="G122" s="2" t="inlineStr">
+        <is>
+          <t>05/02/2027</t>
+        </is>
+      </c>
+      <c r="H122" s="2" t="inlineStr"/>
+      <c r="I122" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J122" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="2" t="n">
+        <v>177</v>
+      </c>
+      <c r="B123" s="2" t="inlineStr">
+        <is>
+          <t>Erika</t>
+        </is>
+      </c>
+      <c r="C123" s="2" t="inlineStr">
+        <is>
+          <t>DELOUP</t>
+        </is>
+      </c>
+      <c r="D123" s="2" t="inlineStr">
+        <is>
+          <t>kirrika@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E123" s="2" t="inlineStr"/>
+      <c r="F123" s="2" t="inlineStr">
+        <is>
+          <t>31/01/2026</t>
+        </is>
+      </c>
+      <c r="G123" s="2" t="inlineStr">
+        <is>
+          <t>31/01/2027</t>
+        </is>
+      </c>
+      <c r="H123" s="2" t="inlineStr"/>
+      <c r="I123" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J123" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" s="2" t="n">
+        <v>178</v>
+      </c>
+      <c r="B124" s="2" t="inlineStr">
+        <is>
+          <t>Romuald</t>
+        </is>
+      </c>
+      <c r="C124" s="2" t="inlineStr">
+        <is>
+          <t>BLANCARD</t>
+        </is>
+      </c>
+      <c r="D124" s="2" t="inlineStr">
+        <is>
+          <t>romuald.blancard@gmail.com</t>
+        </is>
+      </c>
+      <c r="E124" s="2" t="inlineStr"/>
+      <c r="F124" s="2" t="inlineStr">
+        <is>
+          <t>30/01/2026</t>
+        </is>
+      </c>
+      <c r="G124" s="2" t="inlineStr">
+        <is>
+          <t>30/01/2027</t>
+        </is>
+      </c>
+      <c r="H124" s="2" t="inlineStr"/>
+      <c r="I124" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J124" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="2" t="n">
+        <v>143</v>
+      </c>
+      <c r="B125" s="2" t="inlineStr">
+        <is>
+          <t>Stephanie</t>
+        </is>
+      </c>
+      <c r="C125" s="2" t="inlineStr">
+        <is>
+          <t>MINVIELLE</t>
+        </is>
+      </c>
+      <c r="D125" s="2" t="inlineStr">
+        <is>
+          <t>minvielle.stephanie@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E125" s="2" t="inlineStr">
+        <is>
+          <t>0692140195</t>
+        </is>
+      </c>
+      <c r="F125" s="2" t="inlineStr">
+        <is>
+          <t>29/01/2026</t>
+        </is>
+      </c>
+      <c r="G125" s="2" t="inlineStr">
+        <is>
+          <t>29/01/2027</t>
+        </is>
+      </c>
+      <c r="H125" s="2" t="inlineStr"/>
+      <c r="I125" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J125" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" s="2" t="n">
+        <v>144</v>
+      </c>
+      <c r="B126" s="2" t="inlineStr">
+        <is>
+          <t>Sandia</t>
+        </is>
+      </c>
+      <c r="C126" s="2" t="inlineStr">
+        <is>
+          <t>HANADI</t>
+        </is>
+      </c>
+      <c r="D126" s="2" t="inlineStr">
+        <is>
+          <t>manmzelpasteque@gmail.com</t>
+        </is>
+      </c>
+      <c r="E126" s="2" t="inlineStr">
+        <is>
+          <t>0693444148</t>
+        </is>
+      </c>
+      <c r="F126" s="2" t="inlineStr">
+        <is>
+          <t>29/01/2026</t>
+        </is>
+      </c>
+      <c r="G126" s="2" t="inlineStr">
+        <is>
+          <t>29/01/2027</t>
+        </is>
+      </c>
+      <c r="H126" s="2" t="inlineStr"/>
+      <c r="I126" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J126" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" s="2" t="n">
+        <v>145</v>
+      </c>
+      <c r="B127" s="2" t="inlineStr">
+        <is>
+          <t>Carole</t>
+        </is>
+      </c>
+      <c r="C127" s="2" t="inlineStr">
+        <is>
+          <t>RAZAFINDRALAMBO</t>
+        </is>
+      </c>
+      <c r="D127" s="2" t="inlineStr">
+        <is>
+          <t>raza51@orange.fr</t>
+        </is>
+      </c>
+      <c r="E127" s="2" t="inlineStr">
+        <is>
+          <t>0693205302</t>
+        </is>
+      </c>
+      <c r="F127" s="2" t="inlineStr">
+        <is>
+          <t>29/01/2026</t>
+        </is>
+      </c>
+      <c r="G127" s="2" t="inlineStr">
+        <is>
+          <t>29/01/2027</t>
+        </is>
+      </c>
+      <c r="H127" s="2" t="inlineStr"/>
+      <c r="I127" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J127" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" s="2" t="n">
+        <v>115</v>
+      </c>
+      <c r="B128" s="2" t="inlineStr">
+        <is>
+          <t>Marine</t>
+        </is>
+      </c>
+      <c r="C128" s="2" t="inlineStr">
+        <is>
+          <t>LECLERCQ</t>
+        </is>
+      </c>
+      <c r="D128" s="2" t="inlineStr">
+        <is>
+          <t>marineleclercq974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E128" s="2" t="inlineStr">
+        <is>
+          <t>0692318392</t>
+        </is>
+      </c>
+      <c r="F128" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2026</t>
+        </is>
+      </c>
+      <c r="G128" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2027</t>
+        </is>
+      </c>
+      <c r="H128" s="2" t="inlineStr"/>
+      <c r="I128" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J128" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" s="2" t="n">
+        <v>117</v>
+      </c>
+      <c r="B129" s="2" t="inlineStr">
+        <is>
+          <t>Nthony</t>
+        </is>
+      </c>
+      <c r="C129" s="2" t="inlineStr">
+        <is>
+          <t>CHARREAU</t>
+        </is>
+      </c>
+      <c r="D129" s="2" t="inlineStr">
+        <is>
+          <t>anthony.charreau974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E129" s="2" t="inlineStr">
+        <is>
+          <t>0693869395</t>
+        </is>
+      </c>
+      <c r="F129" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2026</t>
+        </is>
+      </c>
+      <c r="G129" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2027</t>
+        </is>
+      </c>
+      <c r="H129" s="2" t="inlineStr"/>
+      <c r="I129" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J129" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" s="2" t="n">
+        <v>118</v>
+      </c>
+      <c r="B130" s="2" t="inlineStr">
+        <is>
+          <t>Rebecca</t>
+        </is>
+      </c>
+      <c r="C130" s="2" t="inlineStr">
+        <is>
+          <t>BUFFARD</t>
+        </is>
+      </c>
+      <c r="D130" s="2" t="inlineStr">
+        <is>
+          <t>rebecca.buffard@gmail.com</t>
+        </is>
+      </c>
+      <c r="E130" s="2" t="inlineStr">
+        <is>
+          <t>0789011038</t>
+        </is>
+      </c>
+      <c r="F130" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2026</t>
+        </is>
+      </c>
+      <c r="G130" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2027</t>
+        </is>
+      </c>
+      <c r="H130" s="2" t="inlineStr"/>
+      <c r="I130" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J130" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" s="2" t="n">
+        <v>119</v>
+      </c>
+      <c r="B131" s="2" t="inlineStr">
+        <is>
+          <t>Murielle</t>
+        </is>
+      </c>
+      <c r="C131" s="2" t="inlineStr">
+        <is>
+          <t>HOAREAU</t>
+        </is>
+      </c>
+      <c r="D131" s="2" t="inlineStr">
+        <is>
+          <t>murielle.hoareau@outlook.fr</t>
+        </is>
+      </c>
+      <c r="E131" s="2" t="inlineStr">
+        <is>
+          <t>0693990383</t>
+        </is>
+      </c>
+      <c r="F131" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2026</t>
+        </is>
+      </c>
+      <c r="G131" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2027</t>
+        </is>
+      </c>
+      <c r="H131" s="2" t="inlineStr"/>
+      <c r="I131" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J131" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" s="2" t="n">
+        <v>121</v>
+      </c>
+      <c r="B132" s="2" t="inlineStr">
+        <is>
+          <t>Mathieu</t>
+        </is>
+      </c>
+      <c r="C132" s="2" t="inlineStr">
+        <is>
+          <t>RENAUDEAU</t>
+        </is>
+      </c>
+      <c r="D132" s="2" t="inlineStr">
+        <is>
+          <t>mat.renaudeau@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E132" s="2" t="inlineStr">
+        <is>
+          <t>0692702302</t>
+        </is>
+      </c>
+      <c r="F132" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2026</t>
+        </is>
+      </c>
+      <c r="G132" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2027</t>
+        </is>
+      </c>
+      <c r="H132" s="2" t="inlineStr"/>
+      <c r="I132" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J132" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" s="2" t="n">
+        <v>122</v>
+      </c>
+      <c r="B133" s="2" t="inlineStr">
+        <is>
+          <t>Clementine</t>
+        </is>
+      </c>
+      <c r="C133" s="2" t="inlineStr">
+        <is>
+          <t>CHARRIA</t>
+        </is>
+      </c>
+      <c r="D133" s="2" t="inlineStr">
+        <is>
+          <t>c.clementine@gmail.com</t>
+        </is>
+      </c>
+      <c r="E133" s="2" t="inlineStr">
+        <is>
+          <t>0768016982</t>
+        </is>
+      </c>
+      <c r="F133" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2026</t>
+        </is>
+      </c>
+      <c r="G133" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2027</t>
+        </is>
+      </c>
+      <c r="H133" s="2" t="inlineStr"/>
+      <c r="I133" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J133" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" s="2" t="n">
+        <v>123</v>
+      </c>
+      <c r="B134" s="2" t="inlineStr">
+        <is>
+          <t>Marjorie</t>
+        </is>
+      </c>
+      <c r="C134" s="2" t="inlineStr">
+        <is>
+          <t>CHOMEL</t>
+        </is>
+      </c>
+      <c r="D134" s="2" t="inlineStr">
+        <is>
+          <t>doriandubus@gmail.com</t>
+        </is>
+      </c>
+      <c r="E134" s="2" t="inlineStr">
+        <is>
+          <t>0695005536</t>
+        </is>
+      </c>
+      <c r="F134" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2026</t>
+        </is>
+      </c>
+      <c r="G134" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2027</t>
+        </is>
+      </c>
+      <c r="H134" s="2" t="inlineStr"/>
+      <c r="I134" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J134" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" s="2" t="n">
+        <v>124</v>
+      </c>
+      <c r="B135" s="2" t="inlineStr">
+        <is>
+          <t>Arthur</t>
+        </is>
+      </c>
+      <c r="C135" s="2" t="inlineStr">
+        <is>
+          <t>ESTEVE</t>
+        </is>
+      </c>
+      <c r="D135" s="2" t="inlineStr">
+        <is>
+          <t>arthuresteve0@gmail.com</t>
+        </is>
+      </c>
+      <c r="E135" s="2" t="inlineStr">
+        <is>
+          <t>0693772607</t>
+        </is>
+      </c>
+      <c r="F135" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2026</t>
+        </is>
+      </c>
+      <c r="G135" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2027</t>
+        </is>
+      </c>
+      <c r="H135" s="2" t="inlineStr"/>
+      <c r="I135" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J135" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" s="2" t="n">
+        <v>125</v>
+      </c>
+      <c r="B136" s="2" t="inlineStr">
+        <is>
+          <t>John Mickeal</t>
+        </is>
+      </c>
+      <c r="C136" s="2" t="inlineStr">
+        <is>
+          <t>XAVIER</t>
+        </is>
+      </c>
+      <c r="D136" s="2" t="inlineStr">
+        <is>
+          <t>m.xavier@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E136" s="2" t="inlineStr">
+        <is>
+          <t>0692611282</t>
+        </is>
+      </c>
+      <c r="F136" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2026</t>
+        </is>
+      </c>
+      <c r="G136" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2027</t>
+        </is>
+      </c>
+      <c r="H136" s="2" t="inlineStr"/>
+      <c r="I136" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J136" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" s="2" t="n">
+        <v>127</v>
+      </c>
+      <c r="B137" s="2" t="inlineStr">
+        <is>
+          <t>Gael</t>
+        </is>
+      </c>
+      <c r="C137" s="2" t="inlineStr">
+        <is>
+          <t>SARPEDON</t>
+        </is>
+      </c>
+      <c r="D137" s="2" t="inlineStr">
+        <is>
+          <t>gaelsarpedon@yahoo.fr</t>
+        </is>
+      </c>
+      <c r="E137" s="2" t="inlineStr">
+        <is>
+          <t>0692440469</t>
+        </is>
+      </c>
+      <c r="F137" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2026</t>
+        </is>
+      </c>
+      <c r="G137" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2027</t>
+        </is>
+      </c>
+      <c r="H137" s="2" t="inlineStr"/>
+      <c r="I137" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J137" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" s="2" t="n">
+        <v>140</v>
+      </c>
+      <c r="B138" s="2" t="inlineStr">
+        <is>
+          <t>Clémentine</t>
+        </is>
+      </c>
+      <c r="C138" s="2" t="inlineStr">
+        <is>
+          <t>CHARRIA</t>
+        </is>
+      </c>
+      <c r="D138" s="2" t="inlineStr">
+        <is>
+          <t>c.clemtine@gmail.com</t>
+        </is>
+      </c>
+      <c r="E138" s="2" t="inlineStr">
+        <is>
+          <t>0768076987</t>
+        </is>
+      </c>
+      <c r="F138" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2026</t>
+        </is>
+      </c>
+      <c r="G138" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2027</t>
+        </is>
+      </c>
+      <c r="H138" s="2" t="inlineStr"/>
+      <c r="I138" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J138" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" s="2" t="n">
+        <v>141</v>
+      </c>
+      <c r="B139" s="2" t="inlineStr">
+        <is>
+          <t>Arthur</t>
+        </is>
+      </c>
+      <c r="C139" s="2" t="inlineStr">
+        <is>
+          <t>ESTÈVE</t>
+        </is>
+      </c>
+      <c r="D139" s="2" t="inlineStr">
+        <is>
+          <t>arthuresteve@gmail.com</t>
+        </is>
+      </c>
+      <c r="E139" s="2" t="inlineStr">
+        <is>
+          <t>0693772607</t>
+        </is>
+      </c>
+      <c r="F139" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2026</t>
+        </is>
+      </c>
+      <c r="G139" s="2" t="inlineStr">
+        <is>
+          <t>24/01/2027</t>
+        </is>
+      </c>
+      <c r="H139" s="2" t="inlineStr"/>
+      <c r="I139" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J139" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" s="2" t="n">
+        <v>78</v>
+      </c>
+      <c r="B140" s="2" t="inlineStr">
+        <is>
+          <t>Beaulieu</t>
+        </is>
+      </c>
+      <c r="C140" s="2" t="inlineStr">
+        <is>
+          <t>MICHAEL</t>
+        </is>
+      </c>
+      <c r="D140" s="2" t="inlineStr">
+        <is>
+          <t>piave974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E140" s="2" t="inlineStr"/>
+      <c r="F140" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G140" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H140" s="2" t="inlineStr"/>
+      <c r="I140" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J140" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" s="2" t="n">
+        <v>79</v>
+      </c>
+      <c r="B141" s="2" t="inlineStr">
+        <is>
+          <t>Emeline</t>
+        </is>
+      </c>
+      <c r="C141" s="2" t="inlineStr">
+        <is>
+          <t>MARCON</t>
+        </is>
+      </c>
+      <c r="D141" s="2" t="inlineStr">
+        <is>
+          <t>emelinemarcon@gmail.com</t>
+        </is>
+      </c>
+      <c r="E141" s="2" t="inlineStr">
+        <is>
+          <t>0671364851</t>
+        </is>
+      </c>
+      <c r="F141" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G141" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H141" s="2" t="inlineStr"/>
+      <c r="I141" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J141" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" s="2" t="n">
+        <v>80</v>
+      </c>
+      <c r="B142" s="2" t="inlineStr">
+        <is>
+          <t>Youenn</t>
+        </is>
+      </c>
+      <c r="C142" s="2" t="inlineStr">
+        <is>
+          <t>CAIGNARD</t>
+        </is>
+      </c>
+      <c r="D142" s="2" t="inlineStr">
+        <is>
+          <t>youenn.caignard@gmail.com</t>
+        </is>
+      </c>
+      <c r="E142" s="2" t="inlineStr"/>
+      <c r="F142" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G142" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H142" s="2" t="inlineStr"/>
+      <c r="I142" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J142" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" s="2" t="n">
+        <v>81</v>
+      </c>
+      <c r="B143" s="2" t="inlineStr">
+        <is>
+          <t>Clara</t>
+        </is>
+      </c>
+      <c r="C143" s="2" t="inlineStr">
+        <is>
+          <t>GIRARD</t>
+        </is>
+      </c>
+      <c r="D143" s="2" t="inlineStr">
+        <is>
+          <t>clara.girard34@gmail.com</t>
+        </is>
+      </c>
+      <c r="E143" s="2" t="inlineStr"/>
+      <c r="F143" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G143" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H143" s="2" t="inlineStr"/>
+      <c r="I143" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J143" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" s="2" t="n">
+        <v>82</v>
+      </c>
+      <c r="B144" s="2" t="inlineStr">
+        <is>
+          <t>Alice</t>
+        </is>
+      </c>
+      <c r="C144" s="2" t="inlineStr">
+        <is>
+          <t>DUBRD</t>
+        </is>
+      </c>
+      <c r="D144" s="2" t="inlineStr">
+        <is>
+          <t>dubalice@yahoo.fr</t>
+        </is>
+      </c>
+      <c r="E144" s="2" t="inlineStr">
+        <is>
+          <t>0692337401</t>
+        </is>
+      </c>
+      <c r="F144" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G144" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H144" s="2" t="inlineStr"/>
+      <c r="I144" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J144" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" s="2" t="n">
+        <v>83</v>
+      </c>
+      <c r="B145" s="2" t="inlineStr">
+        <is>
+          <t>Didier</t>
+        </is>
+      </c>
+      <c r="C145" s="2" t="inlineStr">
+        <is>
+          <t>NIEL</t>
+        </is>
+      </c>
+      <c r="D145" s="2" t="inlineStr">
+        <is>
+          <t>jador.niel@gmail.com</t>
+        </is>
+      </c>
+      <c r="E145" s="2" t="inlineStr">
+        <is>
+          <t>0693940269</t>
+        </is>
+      </c>
+      <c r="F145" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G145" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H145" s="2" t="inlineStr"/>
+      <c r="I145" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J145" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="2" t="n">
+        <v>84</v>
+      </c>
+      <c r="B146" s="2" t="inlineStr">
+        <is>
+          <t>Sylvie</t>
+        </is>
+      </c>
+      <c r="C146" s="2" t="inlineStr">
+        <is>
+          <t>NIEL</t>
+        </is>
+      </c>
+      <c r="D146" s="2" t="inlineStr">
+        <is>
+          <t>sylviedubard@yahoo.fr</t>
+        </is>
+      </c>
+      <c r="E146" s="2" t="inlineStr">
+        <is>
+          <t>0692686821</t>
+        </is>
+      </c>
+      <c r="F146" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G146" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H146" s="2" t="inlineStr"/>
+      <c r="I146" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J146" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="2" t="n">
+        <v>85</v>
+      </c>
+      <c r="B147" s="2" t="inlineStr">
+        <is>
+          <t>Eden</t>
+        </is>
+      </c>
+      <c r="C147" s="2" t="inlineStr">
+        <is>
+          <t>NIEL</t>
+        </is>
+      </c>
+      <c r="D147" s="2" t="inlineStr">
+        <is>
+          <t>edennieldubard@gmail.com</t>
+        </is>
+      </c>
+      <c r="E147" s="2" t="inlineStr"/>
+      <c r="F147" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G147" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H147" s="2" t="inlineStr"/>
+      <c r="I147" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J147" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="2" t="n">
+        <v>86</v>
+      </c>
+      <c r="B148" s="2" t="inlineStr">
+        <is>
+          <t>Bruno</t>
+        </is>
+      </c>
+      <c r="C148" s="2" t="inlineStr">
+        <is>
+          <t>RIVIERE</t>
+        </is>
+      </c>
+      <c r="D148" s="2" t="inlineStr">
+        <is>
+          <t>larivierebrune@gmail.com</t>
+        </is>
+      </c>
+      <c r="E148" s="2" t="inlineStr">
+        <is>
+          <t>0692690297</t>
+        </is>
+      </c>
+      <c r="F148" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G148" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H148" s="2" t="inlineStr"/>
+      <c r="I148" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J148" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="2" t="n">
+        <v>87</v>
+      </c>
+      <c r="B149" s="2" t="inlineStr">
+        <is>
+          <t>Mohandi</t>
+        </is>
+      </c>
+      <c r="C149" s="2" t="inlineStr">
+        <is>
+          <t>BOUDJEMA</t>
+        </is>
+      </c>
+      <c r="D149" s="2" t="inlineStr">
+        <is>
+          <t>b_mohandi@hotmail.com</t>
+        </is>
+      </c>
+      <c r="E149" s="2" t="inlineStr">
+        <is>
+          <t>0698043126</t>
+        </is>
+      </c>
+      <c r="F149" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G149" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H149" s="2" t="inlineStr"/>
+      <c r="I149" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J149" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="2" t="n">
+        <v>88</v>
+      </c>
+      <c r="B150" s="2" t="inlineStr">
+        <is>
+          <t>Adrien</t>
+        </is>
+      </c>
+      <c r="C150" s="2" t="inlineStr">
+        <is>
+          <t>LEGROS-VIENNE</t>
+        </is>
+      </c>
+      <c r="D150" s="2" t="inlineStr">
+        <is>
+          <t>legrosvienne.adrien@gmail.com</t>
+        </is>
+      </c>
+      <c r="E150" s="2" t="inlineStr">
+        <is>
+          <t>0693875412</t>
+        </is>
+      </c>
+      <c r="F150" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G150" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H150" s="2" t="inlineStr"/>
+      <c r="I150" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J150" s="2" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="2" t="n">
+        <v>89</v>
+      </c>
+      <c r="B151" s="2" t="inlineStr">
+        <is>
+          <t>Benjamin</t>
+        </is>
+      </c>
+      <c r="C151" s="2" t="inlineStr">
+        <is>
+          <t>FACONNIER</t>
+        </is>
+      </c>
+      <c r="D151" s="2" t="inlineStr">
+        <is>
+          <t>benji.fac@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E151" s="2" t="inlineStr">
+        <is>
+          <t>0693034839</t>
+        </is>
+      </c>
+      <c r="F151" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G151" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H151" s="2" t="inlineStr"/>
+      <c r="I151" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J151" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="2" t="n">
+        <v>91</v>
+      </c>
+      <c r="B152" s="2" t="inlineStr">
+        <is>
+          <t>Manon</t>
+        </is>
+      </c>
+      <c r="C152" s="2" t="inlineStr">
+        <is>
+          <t>GARNIER</t>
+        </is>
+      </c>
+      <c r="D152" s="2" t="inlineStr">
+        <is>
+          <t>manon56610@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E152" s="2" t="inlineStr">
+        <is>
+          <t>0692157045</t>
+        </is>
+      </c>
+      <c r="F152" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G152" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H152" s="2" t="inlineStr"/>
+      <c r="I152" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J152" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="2" t="n">
+        <v>92</v>
+      </c>
+      <c r="B153" s="2" t="inlineStr">
+        <is>
+          <t>Jeanne</t>
+        </is>
+      </c>
+      <c r="C153" s="2" t="inlineStr">
+        <is>
+          <t>LAPALUD</t>
+        </is>
+      </c>
+      <c r="D153" s="2" t="inlineStr">
+        <is>
+          <t>jeanne.lapalud@gmail.com</t>
+        </is>
+      </c>
+      <c r="E153" s="2" t="inlineStr">
+        <is>
+          <t>0692342430</t>
+        </is>
+      </c>
+      <c r="F153" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G153" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H153" s="2" t="inlineStr"/>
+      <c r="I153" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J153" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" s="2" t="n">
+        <v>93</v>
+      </c>
+      <c r="B154" s="2" t="inlineStr">
+        <is>
+          <t>Tom</t>
+        </is>
+      </c>
+      <c r="C154" s="2" t="inlineStr">
+        <is>
+          <t>RAZAFINDRALAMBO</t>
+        </is>
+      </c>
+      <c r="D154" s="2" t="inlineStr">
+        <is>
+          <t>mitikios@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E154" s="2" t="inlineStr"/>
+      <c r="F154" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G154" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H154" s="2" t="inlineStr"/>
+      <c r="I154" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J154" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="2" t="n">
+        <v>94</v>
+      </c>
+      <c r="B155" s="2" t="inlineStr">
+        <is>
+          <t>Johanna</t>
+        </is>
+      </c>
+      <c r="C155" s="2" t="inlineStr">
+        <is>
+          <t>SALIM</t>
+        </is>
+      </c>
+      <c r="D155" s="2" t="inlineStr">
+        <is>
+          <t>salim-johanna@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E155" s="2" t="inlineStr"/>
+      <c r="F155" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G155" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H155" s="2" t="inlineStr"/>
+      <c r="I155" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J155" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" s="2" t="n">
+        <v>95</v>
+      </c>
+      <c r="B156" s="2" t="inlineStr">
+        <is>
+          <t>Juan Pablo</t>
+        </is>
+      </c>
+      <c r="C156" s="2" t="inlineStr">
+        <is>
+          <t>AISPURO</t>
+        </is>
+      </c>
+      <c r="D156" s="2" t="inlineStr">
+        <is>
+          <t>pitayomusic@gmail.com</t>
+        </is>
+      </c>
+      <c r="E156" s="2" t="inlineStr"/>
+      <c r="F156" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G156" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H156" s="2" t="inlineStr"/>
+      <c r="I156" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J156" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" s="2" t="n">
+        <v>96</v>
+      </c>
+      <c r="B157" s="2" t="inlineStr">
+        <is>
+          <t>Baptiste</t>
+        </is>
+      </c>
+      <c r="C157" s="2" t="inlineStr">
+        <is>
+          <t>AUFFRAY</t>
+        </is>
+      </c>
+      <c r="D157" s="2" t="inlineStr">
+        <is>
+          <t>baptiste.auffray137@gmail.com</t>
+        </is>
+      </c>
+      <c r="E157" s="2" t="inlineStr">
+        <is>
+          <t>0646225161</t>
+        </is>
+      </c>
+      <c r="F157" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G157" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H157" s="2" t="inlineStr"/>
+      <c r="I157" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J157" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="2" t="n">
+        <v>97</v>
+      </c>
+      <c r="B158" s="2" t="inlineStr">
+        <is>
+          <t>Benedicte</t>
+        </is>
+      </c>
+      <c r="C158" s="2" t="inlineStr">
+        <is>
+          <t>RYHON</t>
+        </is>
+      </c>
+      <c r="D158" s="2" t="inlineStr">
+        <is>
+          <t>benedicte.ryhon@gmail.com</t>
+        </is>
+      </c>
+      <c r="E158" s="2" t="inlineStr">
+        <is>
+          <t>0692063337</t>
+        </is>
+      </c>
+      <c r="F158" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G158" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H158" s="2" t="inlineStr"/>
+      <c r="I158" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J158" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" s="2" t="n">
+        <v>98</v>
+      </c>
+      <c r="B159" s="2" t="inlineStr">
+        <is>
+          <t>Willy</t>
+        </is>
+      </c>
+      <c r="C159" s="2" t="inlineStr">
+        <is>
+          <t>MEZIANI</t>
+        </is>
+      </c>
+      <c r="D159" s="2" t="inlineStr">
+        <is>
+          <t>wmeziani@orange.fr</t>
+        </is>
+      </c>
+      <c r="E159" s="2" t="inlineStr">
+        <is>
+          <t>0692041290</t>
+        </is>
+      </c>
+      <c r="F159" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G159" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H159" s="2" t="inlineStr"/>
+      <c r="I159" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J159" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" s="2" t="n">
+        <v>99</v>
+      </c>
+      <c r="B160" s="2" t="inlineStr">
+        <is>
+          <t>Catherine</t>
+        </is>
+      </c>
+      <c r="C160" s="2" t="inlineStr">
+        <is>
+          <t>MASSAT</t>
+        </is>
+      </c>
+      <c r="D160" s="2" t="inlineStr">
+        <is>
+          <t>ktrin.massat@gmail.com</t>
+        </is>
+      </c>
+      <c r="E160" s="2" t="inlineStr">
+        <is>
+          <t>0692657255</t>
+        </is>
+      </c>
+      <c r="F160" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G160" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H160" s="2" t="inlineStr"/>
+      <c r="I160" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J160" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" s="2" t="n">
+        <v>100</v>
+      </c>
+      <c r="B161" s="2" t="inlineStr">
+        <is>
+          <t>Romuald</t>
+        </is>
+      </c>
+      <c r="C161" s="2" t="inlineStr">
+        <is>
+          <t>ROUARD</t>
+        </is>
+      </c>
+      <c r="D161" s="2" t="inlineStr">
+        <is>
+          <t>laoparapente@gmail.com</t>
+        </is>
+      </c>
+      <c r="E161" s="2" t="inlineStr">
+        <is>
+          <t>0692496600</t>
+        </is>
+      </c>
+      <c r="F161" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G161" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H161" s="2" t="inlineStr"/>
+      <c r="I161" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J161" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" s="2" t="n">
+        <v>101</v>
+      </c>
+      <c r="B162" s="2" t="inlineStr">
+        <is>
+          <t>Demian</t>
+        </is>
+      </c>
+      <c r="C162" s="2" t="inlineStr">
+        <is>
+          <t>SKIKER</t>
+        </is>
+      </c>
+      <c r="D162" s="2" t="inlineStr">
+        <is>
+          <t>demian.skiker@laposte.net</t>
+        </is>
+      </c>
+      <c r="E162" s="2" t="inlineStr">
+        <is>
+          <t>0693817482</t>
+        </is>
+      </c>
+      <c r="F162" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G162" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H162" s="2" t="inlineStr"/>
+      <c r="I162" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J162" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" s="2" t="n">
+        <v>102</v>
+      </c>
+      <c r="B163" s="2" t="inlineStr">
+        <is>
+          <t>Helene</t>
+        </is>
+      </c>
+      <c r="C163" s="2" t="inlineStr">
+        <is>
+          <t>BONNECARRERE</t>
+        </is>
+      </c>
+      <c r="D163" s="2" t="inlineStr">
+        <is>
+          <t>hlne777@gmail.com</t>
+        </is>
+      </c>
+      <c r="E163" s="2" t="inlineStr">
+        <is>
+          <t>0693304216</t>
+        </is>
+      </c>
+      <c r="F163" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G163" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H163" s="2" t="inlineStr"/>
+      <c r="I163" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J163" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" s="2" t="n">
+        <v>103</v>
+      </c>
+      <c r="B164" s="2" t="inlineStr">
+        <is>
+          <t>Philippe</t>
+        </is>
+      </c>
+      <c r="C164" s="2" t="inlineStr">
+        <is>
+          <t>DUCAFFY</t>
+        </is>
+      </c>
+      <c r="D164" s="2" t="inlineStr">
+        <is>
+          <t>philopatt@mailo.com</t>
+        </is>
+      </c>
+      <c r="E164" s="2" t="inlineStr"/>
+      <c r="F164" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G164" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H164" s="2" t="inlineStr"/>
+      <c r="I164" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J164" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" s="2" t="n">
+        <v>104</v>
+      </c>
+      <c r="B165" s="2" t="inlineStr">
+        <is>
+          <t>Nicolas</t>
+        </is>
+      </c>
+      <c r="C165" s="2" t="inlineStr">
+        <is>
+          <t>OGIER</t>
+        </is>
+      </c>
+      <c r="D165" s="2" t="inlineStr">
+        <is>
+          <t>ogier.nicolas@yahoo.fr</t>
+        </is>
+      </c>
+      <c r="E165" s="2" t="inlineStr">
+        <is>
+          <t>0693948858</t>
+        </is>
+      </c>
+      <c r="F165" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G165" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H165" s="2" t="inlineStr"/>
+      <c r="I165" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J165" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" s="2" t="n">
+        <v>105</v>
+      </c>
+      <c r="B166" s="2" t="inlineStr">
+        <is>
+          <t>Fred</t>
+        </is>
+      </c>
+      <c r="C166" s="2" t="inlineStr">
+        <is>
+          <t>PERREARD</t>
+        </is>
+      </c>
+      <c r="D166" s="2" t="inlineStr">
+        <is>
+          <t>frederic-perreard@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E166" s="2" t="inlineStr"/>
+      <c r="F166" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G166" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H166" s="2" t="inlineStr"/>
+      <c r="I166" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J166" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="2" t="n">
+        <v>106</v>
+      </c>
+      <c r="B167" s="2" t="inlineStr">
+        <is>
+          <t>Nicolas</t>
+        </is>
+      </c>
+      <c r="C167" s="2" t="inlineStr">
+        <is>
+          <t>BEAULIEU</t>
+        </is>
+      </c>
+      <c r="D167" s="2" t="inlineStr">
+        <is>
+          <t>nicolasbeaulieu@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E167" s="2" t="inlineStr">
+        <is>
+          <t>0693948858</t>
+        </is>
+      </c>
+      <c r="F167" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G167" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H167" s="2" t="inlineStr"/>
+      <c r="I167" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J167" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="2" t="n">
+        <v>107</v>
+      </c>
+      <c r="B168" s="2" t="inlineStr">
+        <is>
+          <t>Sabrina</t>
+        </is>
+      </c>
+      <c r="C168" s="2" t="inlineStr">
+        <is>
+          <t>ROMAGNY</t>
+        </is>
+      </c>
+      <c r="D168" s="2" t="inlineStr">
+        <is>
+          <t>sabrina.romagny@gmail.com</t>
+        </is>
+      </c>
+      <c r="E168" s="2" t="inlineStr">
+        <is>
+          <t>0640673612</t>
+        </is>
+      </c>
+      <c r="F168" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G168" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H168" s="2" t="inlineStr"/>
+      <c r="I168" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J168" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="2" t="n">
+        <v>108</v>
+      </c>
+      <c r="B169" s="2" t="inlineStr">
+        <is>
+          <t>Camille</t>
+        </is>
+      </c>
+      <c r="C169" s="2" t="inlineStr">
+        <is>
+          <t>VIVIER</t>
+        </is>
+      </c>
+      <c r="D169" s="2" t="inlineStr">
+        <is>
+          <t>camille.vvr93@gmail.com</t>
+        </is>
+      </c>
+      <c r="E169" s="2" t="inlineStr">
+        <is>
+          <t>0622387674</t>
+        </is>
+      </c>
+      <c r="F169" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G169" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H169" s="2" t="inlineStr"/>
+      <c r="I169" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J169" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="2" t="n">
+        <v>109</v>
+      </c>
+      <c r="B170" s="2" t="inlineStr">
+        <is>
+          <t>Nina</t>
+        </is>
+      </c>
+      <c r="C170" s="2" t="inlineStr">
+        <is>
+          <t>GONTARD</t>
+        </is>
+      </c>
+      <c r="D170" s="2" t="inlineStr">
+        <is>
+          <t>ninagontard@orange.fr</t>
+        </is>
+      </c>
+      <c r="E170" s="2" t="inlineStr">
+        <is>
+          <t>0693397869</t>
+        </is>
+      </c>
+      <c r="F170" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G170" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H170" s="2" t="inlineStr"/>
+      <c r="I170" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J170" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="2" t="n">
+        <v>110</v>
+      </c>
+      <c r="B171" s="2" t="inlineStr">
+        <is>
+          <t>Dave</t>
+        </is>
+      </c>
+      <c r="C171" s="2" t="inlineStr">
+        <is>
+          <t>JONES</t>
+        </is>
+      </c>
+      <c r="D171" s="2" t="inlineStr">
+        <is>
+          <t>974dvj@gmail.com</t>
+        </is>
+      </c>
+      <c r="E171" s="2" t="inlineStr">
+        <is>
+          <t>0693003969</t>
+        </is>
+      </c>
+      <c r="F171" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G171" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H171" s="2" t="inlineStr"/>
+      <c r="I171" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J171" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="2" t="n">
+        <v>111</v>
+      </c>
+      <c r="B172" s="2" t="inlineStr">
+        <is>
+          <t>Sandra</t>
+        </is>
+      </c>
+      <c r="C172" s="2" t="inlineStr">
+        <is>
+          <t>SABADEL</t>
+        </is>
+      </c>
+      <c r="D172" s="2" t="inlineStr">
+        <is>
+          <t>sandra.sabadel@netcourrier.com</t>
+        </is>
+      </c>
+      <c r="E172" s="2" t="inlineStr">
+        <is>
+          <t>0692044722</t>
+        </is>
+      </c>
+      <c r="F172" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G172" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H172" s="2" t="inlineStr"/>
+      <c r="I172" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J172" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="2" t="n">
+        <v>112</v>
+      </c>
+      <c r="B173" s="2" t="inlineStr">
+        <is>
+          <t>Medea</t>
+        </is>
+      </c>
+      <c r="C173" s="2" t="inlineStr">
+        <is>
+          <t>POTENTIA</t>
+        </is>
+      </c>
+      <c r="D173" s="2" t="inlineStr">
+        <is>
+          <t>medeapotentia@gmail.com</t>
+        </is>
+      </c>
+      <c r="E173" s="2" t="inlineStr">
+        <is>
+          <t>0603644338</t>
+        </is>
+      </c>
+      <c r="F173" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G173" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H173" s="2" t="inlineStr"/>
+      <c r="I173" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J173" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="2" t="n">
+        <v>113</v>
+      </c>
+      <c r="B174" s="2" t="inlineStr">
+        <is>
+          <t>Cedric</t>
+        </is>
+      </c>
+      <c r="C174" s="2" t="inlineStr">
+        <is>
+          <t>MICHEL</t>
+        </is>
+      </c>
+      <c r="D174" s="2" t="inlineStr">
+        <is>
+          <t>cdric12800@gmail.com</t>
+        </is>
+      </c>
+      <c r="E174" s="2" t="inlineStr">
+        <is>
+          <t>0608134693</t>
+        </is>
+      </c>
+      <c r="F174" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G174" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H174" s="2" t="inlineStr"/>
+      <c r="I174" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J174" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="2" t="n">
+        <v>114</v>
+      </c>
+      <c r="B175" s="2" t="inlineStr">
+        <is>
+          <t>Emmanuelle</t>
+        </is>
+      </c>
+      <c r="C175" s="2" t="inlineStr">
+        <is>
+          <t>PINEAU</t>
+        </is>
+      </c>
+      <c r="D175" s="2" t="inlineStr">
+        <is>
+          <t>emmanuellepineau974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E175" s="2" t="inlineStr">
+        <is>
+          <t>0692318392</t>
+        </is>
+      </c>
+      <c r="F175" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G175" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H175" s="2" t="inlineStr"/>
+      <c r="I175" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J175" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="2" t="n">
+        <v>116</v>
+      </c>
+      <c r="B176" s="2" t="inlineStr">
+        <is>
+          <t>Maxence</t>
+        </is>
+      </c>
+      <c r="C176" s="2" t="inlineStr">
+        <is>
+          <t>DEFFES</t>
+        </is>
+      </c>
+      <c r="D176" s="2" t="inlineStr">
+        <is>
+          <t>maxencedeffes@me.com</t>
+        </is>
+      </c>
+      <c r="E176" s="2" t="inlineStr">
+        <is>
+          <t>0692425721</t>
+        </is>
+      </c>
+      <c r="F176" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G176" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H176" s="2" t="inlineStr"/>
+      <c r="I176" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J176" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="2" t="n">
+        <v>136</v>
+      </c>
+      <c r="B177" s="2" t="inlineStr">
+        <is>
+          <t>Dominique</t>
+        </is>
+      </c>
+      <c r="C177" s="2" t="inlineStr">
+        <is>
+          <t>SKOMY</t>
+        </is>
+      </c>
+      <c r="D177" s="2" t="inlineStr">
+        <is>
+          <t>dominique.skomy@aol.com</t>
+        </is>
+      </c>
+      <c r="E177" s="2" t="inlineStr">
+        <is>
+          <t>0693034839</t>
+        </is>
+      </c>
+      <c r="F177" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G177" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H177" s="2" t="inlineStr"/>
+      <c r="I177" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J177" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="2" t="n">
+        <v>137</v>
+      </c>
+      <c r="B178" s="2" t="inlineStr">
+        <is>
+          <t>Coursange</t>
+        </is>
+      </c>
+      <c r="C178" s="2" t="inlineStr">
+        <is>
+          <t>VÉRONIQUE</t>
+        </is>
+      </c>
+      <c r="D178" s="2" t="inlineStr">
+        <is>
+          <t>vercours@gmail.com</t>
+        </is>
+      </c>
+      <c r="E178" s="2" t="inlineStr"/>
+      <c r="F178" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2026</t>
+        </is>
+      </c>
+      <c r="G178" s="2" t="inlineStr">
+        <is>
+          <t>23/01/2027</t>
+        </is>
+      </c>
+      <c r="H178" s="2" t="inlineStr"/>
+      <c r="I178" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J178" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="2" t="n">
+        <v>2</v>
+      </c>
+      <c r="B179" s="2" t="inlineStr">
+        <is>
+          <t>Amandine</t>
+        </is>
+      </c>
+      <c r="C179" s="2" t="inlineStr">
+        <is>
+          <t>BAZIN</t>
+        </is>
+      </c>
+      <c r="D179" s="2" t="inlineStr">
+        <is>
+          <t>a.j.bazin@gmail.com</t>
+        </is>
+      </c>
+      <c r="E179" s="2" t="inlineStr"/>
+      <c r="F179" s="2" t="inlineStr">
+        <is>
+          <t>21/01/2026</t>
+        </is>
+      </c>
+      <c r="G179" s="2" t="inlineStr">
+        <is>
+          <t>21/01/2027</t>
+        </is>
+      </c>
+      <c r="H179" s="2" t="inlineStr"/>
+      <c r="I179" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J179" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="2" t="n">
+        <v>33</v>
+      </c>
+      <c r="B180" s="2" t="inlineStr">
+        <is>
+          <t>Hoareau</t>
+        </is>
+      </c>
+      <c r="C180" s="2" t="inlineStr">
+        <is>
+          <t>JOHAN</t>
+        </is>
+      </c>
+      <c r="D180" s="2" t="inlineStr">
+        <is>
+          <t>masscreation@gmx.fr</t>
+        </is>
+      </c>
+      <c r="E180" s="2" t="inlineStr">
+        <is>
+          <t>0693659581</t>
+        </is>
+      </c>
+      <c r="F180" s="2" t="inlineStr">
+        <is>
+          <t>21/01/2026</t>
+        </is>
+      </c>
+      <c r="G180" s="2" t="inlineStr">
+        <is>
+          <t>21/01/2027</t>
+        </is>
+      </c>
+      <c r="H180" s="2" t="inlineStr"/>
+      <c r="I180" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J180" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="2" t="n">
+        <v>71</v>
+      </c>
+      <c r="B181" s="2" t="inlineStr">
+        <is>
+          <t>Guillaume</t>
+        </is>
+      </c>
+      <c r="C181" s="2" t="inlineStr">
+        <is>
+          <t>LECOLLAIRE</t>
+        </is>
+      </c>
+      <c r="D181" s="2" t="inlineStr">
+        <is>
+          <t>guillaume.lecollaire@free.fr</t>
+        </is>
+      </c>
+      <c r="E181" s="2" t="inlineStr">
+        <is>
+          <t>0692272996</t>
+        </is>
+      </c>
+      <c r="F181" s="2" t="inlineStr">
+        <is>
+          <t>16/01/2026</t>
+        </is>
+      </c>
+      <c r="G181" s="2" t="inlineStr">
+        <is>
+          <t>16/01/2027</t>
+        </is>
+      </c>
+      <c r="H181" s="2" t="inlineStr"/>
+      <c r="I181" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J181" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="2" t="n">
+        <v>72</v>
+      </c>
+      <c r="B182" s="2" t="inlineStr">
+        <is>
+          <t>Bastien</t>
+        </is>
+      </c>
+      <c r="C182" s="2" t="inlineStr">
+        <is>
+          <t>CHAPUIS</t>
+        </is>
+      </c>
+      <c r="D182" s="2" t="inlineStr">
+        <is>
+          <t>bastienchapuis@yahoo.fr</t>
+        </is>
+      </c>
+      <c r="E182" s="2" t="inlineStr">
+        <is>
+          <t>0693427772</t>
+        </is>
+      </c>
+      <c r="F182" s="2" t="inlineStr">
+        <is>
+          <t>16/01/2026</t>
+        </is>
+      </c>
+      <c r="G182" s="2" t="inlineStr">
+        <is>
+          <t>16/01/2027</t>
+        </is>
+      </c>
+      <c r="H182" s="2" t="inlineStr"/>
+      <c r="I182" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J182" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="2" t="n">
+        <v>73</v>
+      </c>
+      <c r="B183" s="2" t="inlineStr">
+        <is>
+          <t>Olivier</t>
+        </is>
+      </c>
+      <c r="C183" s="2" t="inlineStr">
+        <is>
+          <t>MARIN</t>
+        </is>
+      </c>
+      <c r="D183" s="2" t="inlineStr">
+        <is>
+          <t>marinolivier@hotmail.com</t>
+        </is>
+      </c>
+      <c r="E183" s="2" t="inlineStr">
+        <is>
+          <t>0692677561</t>
+        </is>
+      </c>
+      <c r="F183" s="2" t="inlineStr">
+        <is>
+          <t>16/01/2026</t>
+        </is>
+      </c>
+      <c r="G183" s="2" t="inlineStr">
+        <is>
+          <t>16/01/2027</t>
+        </is>
+      </c>
+      <c r="H183" s="2" t="inlineStr"/>
+      <c r="I183" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J183" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="2" t="n">
+        <v>74</v>
+      </c>
+      <c r="B184" s="2" t="inlineStr">
+        <is>
+          <t>Jean Alexandre</t>
+        </is>
+      </c>
+      <c r="C184" s="2" t="inlineStr">
+        <is>
+          <t>HOARAU</t>
+        </is>
+      </c>
+      <c r="D184" s="2" t="inlineStr">
+        <is>
+          <t>hoarau.alexandre97430@gmail.com</t>
+        </is>
+      </c>
+      <c r="E184" s="2" t="inlineStr">
+        <is>
+          <t>0692583449</t>
+        </is>
+      </c>
+      <c r="F184" s="2" t="inlineStr">
+        <is>
+          <t>16/01/2026</t>
+        </is>
+      </c>
+      <c r="G184" s="2" t="inlineStr">
+        <is>
+          <t>16/01/2027</t>
+        </is>
+      </c>
+      <c r="H184" s="2" t="inlineStr"/>
+      <c r="I184" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J184" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="2" t="n">
+        <v>75</v>
+      </c>
+      <c r="B185" s="2" t="inlineStr">
+        <is>
+          <t>Guillaume</t>
+        </is>
+      </c>
+      <c r="C185" s="2" t="inlineStr">
+        <is>
+          <t>ALAGUIRY</t>
+        </is>
+      </c>
+      <c r="D185" s="2" t="inlineStr">
+        <is>
+          <t>g.alaguiry974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E185" s="2" t="inlineStr">
+        <is>
+          <t>0692584865</t>
+        </is>
+      </c>
+      <c r="F185" s="2" t="inlineStr">
+        <is>
+          <t>16/01/2026</t>
+        </is>
+      </c>
+      <c r="G185" s="2" t="inlineStr">
+        <is>
+          <t>16/01/2027</t>
+        </is>
+      </c>
+      <c r="H185" s="2" t="inlineStr"/>
+      <c r="I185" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J185" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="2" t="n">
+        <v>129</v>
+      </c>
+      <c r="B186" s="2" t="inlineStr">
+        <is>
+          <t>Pierre</t>
+        </is>
+      </c>
+      <c r="C186" s="2" t="inlineStr">
+        <is>
+          <t>HOAREAU</t>
+        </is>
+      </c>
+      <c r="D186" s="2" t="inlineStr">
+        <is>
+          <t>pierre.hoareau.97430@gmail.com</t>
+        </is>
+      </c>
+      <c r="E186" s="2" t="inlineStr">
+        <is>
+          <t>0692661550</t>
+        </is>
+      </c>
+      <c r="F186" s="2" t="inlineStr">
+        <is>
+          <t>16/01/2026</t>
+        </is>
+      </c>
+      <c r="G186" s="2" t="inlineStr">
+        <is>
+          <t>16/01/2027</t>
+        </is>
+      </c>
+      <c r="H186" s="2" t="inlineStr"/>
+      <c r="I186" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J186" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="2" t="n">
+        <v>67</v>
+      </c>
+      <c r="B187" s="2" t="inlineStr">
+        <is>
+          <t>Dominique</t>
+        </is>
+      </c>
+      <c r="C187" s="2" t="inlineStr">
+        <is>
+          <t>CIROZAT</t>
+        </is>
+      </c>
+      <c r="D187" s="2" t="inlineStr">
+        <is>
+          <t>arboriste.pei@gmail.com</t>
+        </is>
+      </c>
+      <c r="E187" s="2" t="inlineStr">
+        <is>
+          <t>0692709633</t>
+        </is>
+      </c>
+      <c r="F187" s="2" t="inlineStr">
+        <is>
+          <t>10/01/2026</t>
+        </is>
+      </c>
+      <c r="G187" s="2" t="inlineStr">
+        <is>
+          <t>10/01/2027</t>
+        </is>
+      </c>
+      <c r="H187" s="2" t="inlineStr"/>
+      <c r="I187" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J187" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="2" t="n">
+        <v>70</v>
+      </c>
+      <c r="B188" s="2" t="inlineStr">
+        <is>
+          <t>Julien</t>
+        </is>
+      </c>
+      <c r="C188" s="2" t="inlineStr">
+        <is>
+          <t>CAUBET</t>
+        </is>
+      </c>
+      <c r="D188" s="2" t="inlineStr">
+        <is>
+          <t>juliencaubet@outlook.com</t>
+        </is>
+      </c>
+      <c r="E188" s="2" t="inlineStr">
+        <is>
+          <t>0693812161</t>
+        </is>
+      </c>
+      <c r="F188" s="2" t="inlineStr">
+        <is>
+          <t>10/01/2026</t>
+        </is>
+      </c>
+      <c r="G188" s="2" t="inlineStr">
+        <is>
+          <t>10/01/2027</t>
+        </is>
+      </c>
+      <c r="H188" s="2" t="inlineStr"/>
+      <c r="I188" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J188" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="2" t="n">
+        <v>132</v>
+      </c>
+      <c r="B189" s="2" t="inlineStr">
+        <is>
+          <t>Chloe</t>
+        </is>
+      </c>
+      <c r="C189" s="2" t="inlineStr">
+        <is>
+          <t>MALEN</t>
+        </is>
+      </c>
+      <c r="D189" s="2" t="inlineStr">
+        <is>
+          <t>chloe.malen@orange.fr</t>
+        </is>
+      </c>
+      <c r="E189" s="2" t="inlineStr">
+        <is>
+          <t>0693635243</t>
+        </is>
+      </c>
+      <c r="F189" s="2" t="inlineStr">
+        <is>
+          <t>10/01/2026</t>
+        </is>
+      </c>
+      <c r="G189" s="2" t="inlineStr">
+        <is>
+          <t>10/01/2027</t>
+        </is>
+      </c>
+      <c r="H189" s="2" t="inlineStr"/>
+      <c r="I189" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J189" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="2" t="n">
+        <v>133</v>
+      </c>
+      <c r="B190" s="2" t="inlineStr">
+        <is>
+          <t>Sebastien</t>
+        </is>
+      </c>
+      <c r="C190" s="2" t="inlineStr">
+        <is>
+          <t>ABASY</t>
+        </is>
+      </c>
+      <c r="D190" s="2" t="inlineStr">
+        <is>
+          <t>sebastien974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E190" s="2" t="inlineStr">
+        <is>
+          <t>0692706556</t>
+        </is>
+      </c>
+      <c r="F190" s="2" t="inlineStr">
+        <is>
+          <t>10/01/2026</t>
+        </is>
+      </c>
+      <c r="G190" s="2" t="inlineStr">
+        <is>
+          <t>10/01/2027</t>
+        </is>
+      </c>
+      <c r="H190" s="2" t="inlineStr"/>
+      <c r="I190" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J190" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="2" t="n">
+        <v>134</v>
+      </c>
+      <c r="B191" s="2" t="inlineStr">
+        <is>
+          <t>Richard</t>
+        </is>
+      </c>
+      <c r="C191" s="2" t="inlineStr">
+        <is>
+          <t>DIJOUX</t>
+        </is>
+      </c>
+      <c r="D191" s="2" t="inlineStr">
+        <is>
+          <t>rich.dij@gmail.com</t>
+        </is>
+      </c>
+      <c r="E191" s="2" t="inlineStr">
+        <is>
+          <t>0693653772</t>
+        </is>
+      </c>
+      <c r="F191" s="2" t="inlineStr">
+        <is>
+          <t>10/01/2026</t>
+        </is>
+      </c>
+      <c r="G191" s="2" t="inlineStr">
+        <is>
+          <t>10/01/2027</t>
+        </is>
+      </c>
+      <c r="H191" s="2" t="inlineStr"/>
+      <c r="I191" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J191" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="2" t="n">
+        <v>135</v>
+      </c>
+      <c r="B192" s="2" t="inlineStr">
+        <is>
+          <t>Tibo</t>
+        </is>
+      </c>
+      <c r="C192" s="2" t="inlineStr">
+        <is>
+          <t>MORIN</t>
+        </is>
+      </c>
+      <c r="D192" s="2" t="inlineStr">
+        <is>
+          <t>tibo.edrusba@gmail.com</t>
+        </is>
+      </c>
+      <c r="E192" s="2" t="inlineStr">
+        <is>
+          <t>0626011331</t>
+        </is>
+      </c>
+      <c r="F192" s="2" t="inlineStr">
+        <is>
+          <t>10/01/2026</t>
+        </is>
+      </c>
+      <c r="G192" s="2" t="inlineStr">
+        <is>
+          <t>10/01/2027</t>
+        </is>
+      </c>
+      <c r="H192" s="2" t="inlineStr"/>
+      <c r="I192" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J192" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="2" t="n">
+        <v>66</v>
+      </c>
+      <c r="B193" s="2" t="inlineStr">
+        <is>
+          <t>Maël</t>
+        </is>
+      </c>
+      <c r="C193" s="2" t="inlineStr">
+        <is>
+          <t>DELPIERRE</t>
+        </is>
+      </c>
+      <c r="D193" s="2" t="inlineStr">
+        <is>
+          <t>delpierre@orange.fr</t>
+        </is>
+      </c>
+      <c r="E193" s="2" t="inlineStr">
+        <is>
+          <t>0692392289</t>
+        </is>
+      </c>
+      <c r="F193" s="2" t="inlineStr">
+        <is>
+          <t>08/01/2026</t>
+        </is>
+      </c>
+      <c r="G193" s="2" t="inlineStr">
+        <is>
+          <t>08/01/2027</t>
+        </is>
+      </c>
+      <c r="H193" s="2" t="inlineStr"/>
+      <c r="I193" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J193" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="2" t="n">
+        <v>64</v>
+      </c>
+      <c r="B194" s="2" t="inlineStr">
+        <is>
+          <t>Christine</t>
+        </is>
+      </c>
+      <c r="C194" s="2" t="inlineStr">
+        <is>
+          <t>DUBUS</t>
+        </is>
+      </c>
+      <c r="D194" s="2" t="inlineStr">
+        <is>
+          <t>christinedubus2000@yahoo.fr</t>
+        </is>
+      </c>
+      <c r="E194" s="2" t="inlineStr">
+        <is>
+          <t>0692993101</t>
+        </is>
+      </c>
+      <c r="F194" s="2" t="inlineStr">
+        <is>
+          <t>06/01/2026</t>
+        </is>
+      </c>
+      <c r="G194" s="2" t="inlineStr">
+        <is>
+          <t>06/01/2027</t>
+        </is>
+      </c>
+      <c r="H194" s="2" t="inlineStr"/>
+      <c r="I194" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J194" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="2" t="n">
+        <v>65</v>
+      </c>
+      <c r="B195" s="2" t="inlineStr">
+        <is>
+          <t>Lenz</t>
+        </is>
+      </c>
+      <c r="C195" s="2" t="inlineStr">
+        <is>
+          <t>GONTHIER</t>
+        </is>
+      </c>
+      <c r="D195" s="2" t="inlineStr">
+        <is>
+          <t>lenzgonthier@gmail.com</t>
+        </is>
+      </c>
+      <c r="E195" s="2" t="inlineStr">
+        <is>
+          <t>0692386713</t>
+        </is>
+      </c>
+      <c r="F195" s="2" t="inlineStr">
+        <is>
+          <t>06/01/2026</t>
+        </is>
+      </c>
+      <c r="G195" s="2" t="inlineStr">
+        <is>
+          <t>06/01/2027</t>
+        </is>
+      </c>
+      <c r="H195" s="2" t="inlineStr"/>
+      <c r="I195" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J195" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="2" t="n">
+        <v>59</v>
+      </c>
+      <c r="B196" s="2" t="inlineStr">
+        <is>
+          <t>Noémie</t>
+        </is>
+      </c>
+      <c r="C196" s="2" t="inlineStr">
+        <is>
+          <t>ATEK</t>
+        </is>
+      </c>
+      <c r="D196" s="2" t="inlineStr">
+        <is>
+          <t>noemie.atek@gmail.com</t>
+        </is>
+      </c>
+      <c r="E196" s="2" t="inlineStr"/>
+      <c r="F196" s="2" t="inlineStr">
+        <is>
+          <t>13/12/2025</t>
+        </is>
+      </c>
+      <c r="G196" s="2" t="inlineStr">
+        <is>
+          <t>13/12/2026</t>
+        </is>
+      </c>
+      <c r="H196" s="2" t="inlineStr"/>
+      <c r="I196" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J196" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="2" t="n">
+        <v>60</v>
+      </c>
+      <c r="B197" s="2" t="inlineStr">
+        <is>
+          <t>Ludovic</t>
+        </is>
+      </c>
+      <c r="C197" s="2" t="inlineStr">
+        <is>
+          <t>CANONNE</t>
+        </is>
+      </c>
+      <c r="D197" s="2" t="inlineStr">
+        <is>
+          <t>ludovic75015@hotmail.com</t>
+        </is>
+      </c>
+      <c r="E197" s="2" t="inlineStr"/>
+      <c r="F197" s="2" t="inlineStr">
+        <is>
+          <t>13/12/2025</t>
+        </is>
+      </c>
+      <c r="G197" s="2" t="inlineStr">
+        <is>
+          <t>13/12/2026</t>
+        </is>
+      </c>
+      <c r="H197" s="2" t="inlineStr"/>
+      <c r="I197" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J197" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="2" t="n">
+        <v>61</v>
+      </c>
+      <c r="B198" s="2" t="inlineStr">
+        <is>
+          <t>Patrice</t>
+        </is>
+      </c>
+      <c r="C198" s="2" t="inlineStr">
+        <is>
+          <t>ESPARON</t>
+        </is>
+      </c>
+      <c r="D198" s="2" t="inlineStr">
+        <is>
+          <t>patriceesp@hormail.fr</t>
+        </is>
+      </c>
+      <c r="E198" s="2" t="inlineStr"/>
+      <c r="F198" s="2" t="inlineStr">
+        <is>
+          <t>13/12/2025</t>
+        </is>
+      </c>
+      <c r="G198" s="2" t="inlineStr">
+        <is>
+          <t>13/12/2026</t>
+        </is>
+      </c>
+      <c r="H198" s="2" t="inlineStr"/>
+      <c r="I198" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J198" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="2" t="n">
+        <v>58</v>
+      </c>
+      <c r="B199" s="2" t="inlineStr">
+        <is>
+          <t>Guy</t>
+        </is>
+      </c>
+      <c r="C199" s="2" t="inlineStr">
+        <is>
+          <t>PIGNOLET</t>
+        </is>
+      </c>
+      <c r="D199" s="2" t="inlineStr">
+        <is>
+          <t>guy.pignolet@science-sainte-rose.net</t>
+        </is>
+      </c>
+      <c r="E199" s="2" t="inlineStr"/>
+      <c r="F199" s="2" t="inlineStr">
+        <is>
+          <t>12/12/2025</t>
+        </is>
+      </c>
+      <c r="G199" s="2" t="inlineStr">
+        <is>
+          <t>12/12/2026</t>
+        </is>
+      </c>
+      <c r="H199" s="2" t="inlineStr"/>
+      <c r="I199" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J199" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="2" t="n">
+        <v>56</v>
+      </c>
+      <c r="B200" s="2" t="inlineStr">
+        <is>
+          <t>Guillaume</t>
+        </is>
+      </c>
+      <c r="C200" s="2" t="inlineStr">
+        <is>
+          <t>ROBERT</t>
+        </is>
+      </c>
+      <c r="D200" s="2" t="inlineStr">
+        <is>
+          <t>guillaumealex@free.fr</t>
+        </is>
+      </c>
+      <c r="E200" s="2" t="inlineStr">
+        <is>
+          <t>0693494697</t>
+        </is>
+      </c>
+      <c r="F200" s="2" t="inlineStr">
+        <is>
+          <t>06/12/2025</t>
+        </is>
+      </c>
+      <c r="G200" s="2" t="inlineStr">
+        <is>
+          <t>06/12/2026</t>
+        </is>
+      </c>
+      <c r="H200" s="2" t="inlineStr"/>
+      <c r="I200" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J200" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="2" t="n">
+        <v>130</v>
+      </c>
+      <c r="B201" s="2" t="inlineStr">
+        <is>
+          <t>Annaig</t>
+        </is>
+      </c>
+      <c r="C201" s="2" t="inlineStr">
+        <is>
+          <t>VUAROQUEAUX</t>
+        </is>
+      </c>
+      <c r="D201" s="2" t="inlineStr">
+        <is>
+          <t>annaigvuaroqueaux@gmail.com</t>
+        </is>
+      </c>
+      <c r="E201" s="2" t="inlineStr"/>
+      <c r="F201" s="2" t="inlineStr">
+        <is>
+          <t>06/12/2025</t>
+        </is>
+      </c>
+      <c r="G201" s="2" t="inlineStr">
+        <is>
+          <t>06/12/2026</t>
+        </is>
+      </c>
+      <c r="H201" s="2" t="inlineStr"/>
+      <c r="I201" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J201" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="2" t="n">
+        <v>131</v>
+      </c>
+      <c r="B202" s="2" t="inlineStr">
+        <is>
+          <t>Virginie</t>
+        </is>
+      </c>
+      <c r="C202" s="2" t="inlineStr">
+        <is>
+          <t>BROUSNOT</t>
+        </is>
+      </c>
+      <c r="D202" s="2" t="inlineStr">
+        <is>
+          <t>vbrousnot@gmail.com</t>
+        </is>
+      </c>
+      <c r="E202" s="2" t="inlineStr"/>
+      <c r="F202" s="2" t="inlineStr">
+        <is>
+          <t>06/12/2025</t>
+        </is>
+      </c>
+      <c r="G202" s="2" t="inlineStr">
+        <is>
+          <t>06/12/2026</t>
+        </is>
+      </c>
+      <c r="H202" s="2" t="inlineStr"/>
+      <c r="I202" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J202" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="2" t="n">
+        <v>54</v>
+      </c>
+      <c r="B203" s="2" t="inlineStr">
+        <is>
+          <t>Sonna</t>
+        </is>
+      </c>
+      <c r="C203" s="2" t="inlineStr">
+        <is>
+          <t>BARRY-GASPERMENT</t>
+        </is>
+      </c>
+      <c r="D203" s="2" t="inlineStr">
+        <is>
+          <t>sonnagasperment@gmail.com</t>
+        </is>
+      </c>
+      <c r="E203" s="2" t="inlineStr">
+        <is>
+          <t>0692854200</t>
+        </is>
+      </c>
+      <c r="F203" s="2" t="inlineStr">
+        <is>
+          <t>28/11/2025</t>
+        </is>
+      </c>
+      <c r="G203" s="2" t="inlineStr">
+        <is>
+          <t>28/11/2026</t>
+        </is>
+      </c>
+      <c r="H203" s="2" t="inlineStr"/>
+      <c r="I203" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J203" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="2" t="n">
+        <v>55</v>
+      </c>
+      <c r="B204" s="2" t="inlineStr">
+        <is>
+          <t>Élodie</t>
+        </is>
+      </c>
+      <c r="C204" s="2" t="inlineStr">
+        <is>
+          <t>LAURET</t>
+        </is>
+      </c>
+      <c r="D204" s="2" t="inlineStr">
+        <is>
+          <t>elodie-lauret@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E204" s="2" t="inlineStr">
+        <is>
+          <t>0693036173</t>
+        </is>
+      </c>
+      <c r="F204" s="2" t="inlineStr">
+        <is>
+          <t>28/11/2025</t>
+        </is>
+      </c>
+      <c r="G204" s="2" t="inlineStr">
+        <is>
+          <t>28/11/2026</t>
+        </is>
+      </c>
+      <c r="H204" s="2" t="inlineStr"/>
+      <c r="I204" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J204" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="2" t="n">
+        <v>52</v>
+      </c>
+      <c r="B205" s="2" t="inlineStr">
+        <is>
+          <t>Anne-Laurence</t>
+        </is>
+      </c>
+      <c r="C205" s="2" t="inlineStr">
+        <is>
+          <t>LEPINAY</t>
+        </is>
+      </c>
+      <c r="D205" s="2" t="inlineStr">
+        <is>
+          <t>al.lepinay@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E205" s="2" t="inlineStr">
+        <is>
+          <t>0693475283</t>
+        </is>
+      </c>
+      <c r="F205" s="2" t="inlineStr">
+        <is>
+          <t>26/11/2025</t>
+        </is>
+      </c>
+      <c r="G205" s="2" t="inlineStr">
+        <is>
+          <t>26/11/2026</t>
+        </is>
+      </c>
+      <c r="H205" s="2" t="inlineStr"/>
+      <c r="I205" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J205" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="2" t="n">
+        <v>53</v>
+      </c>
+      <c r="B206" s="2" t="inlineStr">
+        <is>
+          <t>Bilal</t>
+        </is>
+      </c>
+      <c r="C206" s="2" t="inlineStr">
+        <is>
+          <t>MOULLAN</t>
+        </is>
+      </c>
+      <c r="D206" s="2" t="inlineStr">
+        <is>
+          <t>moullan.bilal7@gmail.com</t>
+        </is>
+      </c>
+      <c r="E206" s="2" t="inlineStr">
+        <is>
+          <t>0692284408</t>
+        </is>
+      </c>
+      <c r="F206" s="2" t="inlineStr">
+        <is>
+          <t>26/11/2025</t>
+        </is>
+      </c>
+      <c r="G206" s="2" t="inlineStr">
+        <is>
+          <t>26/11/2026</t>
+        </is>
+      </c>
+      <c r="H206" s="2" t="inlineStr"/>
+      <c r="I206" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J206" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="2" t="n">
+        <v>51</v>
+      </c>
+      <c r="B207" s="2" t="inlineStr">
+        <is>
+          <t>Annika</t>
+        </is>
+      </c>
+      <c r="C207" s="2" t="inlineStr">
+        <is>
+          <t>PATERSON</t>
+        </is>
+      </c>
+      <c r="D207" s="2" t="inlineStr">
+        <is>
+          <t>annika.paterson@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E207" s="2" t="inlineStr">
+        <is>
+          <t>0693475283</t>
+        </is>
+      </c>
+      <c r="F207" s="2" t="inlineStr">
+        <is>
+          <t>22/11/2025</t>
+        </is>
+      </c>
+      <c r="G207" s="2" t="inlineStr">
+        <is>
+          <t>22/11/2026</t>
+        </is>
+      </c>
+      <c r="H207" s="2" t="inlineStr"/>
+      <c r="I207" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J207" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="2" t="n">
+        <v>50</v>
+      </c>
+      <c r="B208" s="2" t="inlineStr">
+        <is>
+          <t>Coralie</t>
+        </is>
+      </c>
+      <c r="C208" s="2" t="inlineStr">
+        <is>
+          <t>ILIC</t>
+        </is>
+      </c>
+      <c r="D208" s="2" t="inlineStr">
+        <is>
+          <t>coralie.morel974@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E208" s="2" t="inlineStr"/>
+      <c r="F208" s="2" t="inlineStr">
+        <is>
+          <t>16/11/2025</t>
+        </is>
+      </c>
+      <c r="G208" s="2" t="inlineStr">
+        <is>
+          <t>16/11/2026</t>
+        </is>
+      </c>
+      <c r="H208" s="2" t="inlineStr"/>
+      <c r="I208" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J208" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="2" t="n">
+        <v>46</v>
+      </c>
+      <c r="B209" s="2" t="inlineStr">
+        <is>
+          <t>Axel</t>
+        </is>
+      </c>
+      <c r="C209" s="2" t="inlineStr">
+        <is>
+          <t>GRANGE</t>
+        </is>
+      </c>
+      <c r="D209" s="2" t="inlineStr">
+        <is>
+          <t>axel.grange43@gmail.com</t>
+        </is>
+      </c>
+      <c r="E209" s="2" t="inlineStr">
+        <is>
+          <t>0671398013</t>
+        </is>
+      </c>
+      <c r="F209" s="2" t="inlineStr">
+        <is>
+          <t>14/11/2025</t>
+        </is>
+      </c>
+      <c r="G209" s="2" t="inlineStr">
+        <is>
+          <t>14/11/2026</t>
+        </is>
+      </c>
+      <c r="H209" s="2" t="inlineStr"/>
+      <c r="I209" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J209" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="2" t="n">
+        <v>47</v>
+      </c>
+      <c r="B210" s="2" t="inlineStr">
+        <is>
+          <t>Lucas</t>
+        </is>
+      </c>
+      <c r="C210" s="2" t="inlineStr">
+        <is>
+          <t>GUICHARD</t>
+        </is>
+      </c>
+      <c r="D210" s="2" t="inlineStr">
+        <is>
+          <t>lukgbc9@gmail.com</t>
+        </is>
+      </c>
+      <c r="E210" s="2" t="inlineStr">
+        <is>
+          <t>0692578706</t>
+        </is>
+      </c>
+      <c r="F210" s="2" t="inlineStr">
+        <is>
+          <t>14/11/2025</t>
+        </is>
+      </c>
+      <c r="G210" s="2" t="inlineStr">
+        <is>
+          <t>14/11/2026</t>
+        </is>
+      </c>
+      <c r="H210" s="2" t="inlineStr"/>
+      <c r="I210" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J210" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="2" t="n">
+        <v>128</v>
+      </c>
+      <c r="B211" s="2" t="inlineStr">
+        <is>
+          <t>Zavyé</t>
+        </is>
+      </c>
+      <c r="C211" s="2" t="inlineStr">
+        <is>
+          <t>RIVIR</t>
+        </is>
+      </c>
+      <c r="D211" s="2" t="inlineStr">
+        <is>
+          <t>zavye.rivir@live.fr</t>
+        </is>
+      </c>
+      <c r="E211" s="2" t="inlineStr"/>
+      <c r="F211" s="2" t="inlineStr">
+        <is>
+          <t>01/11/2025</t>
+        </is>
+      </c>
+      <c r="G211" s="2" t="inlineStr">
+        <is>
+          <t>01/11/2026</t>
+        </is>
+      </c>
+      <c r="H211" s="2" t="inlineStr"/>
+      <c r="I211" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J211" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="2" t="n">
+        <v>49</v>
+      </c>
+      <c r="B212" s="2" t="inlineStr">
+        <is>
+          <t>Jean-François</t>
+        </is>
+      </c>
+      <c r="C212" s="2" t="inlineStr">
+        <is>
+          <t>RIVIÈRE</t>
+        </is>
+      </c>
+      <c r="D212" s="2" t="inlineStr">
+        <is>
+          <t>magjeff974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E212" s="2" t="inlineStr">
+        <is>
+          <t>0690401672</t>
+        </is>
+      </c>
+      <c r="F212" s="2" t="inlineStr">
+        <is>
+          <t>31/10/2025</t>
+        </is>
+      </c>
+      <c r="G212" s="2" t="inlineStr">
+        <is>
+          <t>31/10/2026</t>
+        </is>
+      </c>
+      <c r="H212" s="2" t="inlineStr"/>
+      <c r="I212" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J212" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="2" t="n">
+        <v>44</v>
+      </c>
+      <c r="B213" s="2" t="inlineStr">
+        <is>
+          <t>Florence</t>
+        </is>
+      </c>
+      <c r="C213" s="2" t="inlineStr">
+        <is>
+          <t>LEBOUTEUX</t>
+        </is>
+      </c>
+      <c r="D213" s="2" t="inlineStr">
+        <is>
+          <t>florence.lebouteux@gmail.com</t>
+        </is>
+      </c>
+      <c r="E213" s="2" t="inlineStr"/>
+      <c r="F213" s="2" t="inlineStr">
+        <is>
+          <t>15/10/2025</t>
+        </is>
+      </c>
+      <c r="G213" s="2" t="inlineStr">
+        <is>
+          <t>15/10/2026</t>
+        </is>
+      </c>
+      <c r="H213" s="2" t="inlineStr"/>
+      <c r="I213" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J213" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="2" t="n">
+        <v>45</v>
+      </c>
+      <c r="B214" s="2" t="inlineStr">
+        <is>
+          <t>Clotilde</t>
+        </is>
+      </c>
+      <c r="C214" s="2" t="inlineStr">
+        <is>
+          <t>CHEVREAU</t>
+        </is>
+      </c>
+      <c r="D214" s="2" t="inlineStr">
+        <is>
+          <t>clotilde.chevreau@free.fr</t>
+        </is>
+      </c>
+      <c r="E214" s="2" t="inlineStr"/>
+      <c r="F214" s="2" t="inlineStr">
+        <is>
+          <t>15/10/2025</t>
+        </is>
+      </c>
+      <c r="G214" s="2" t="inlineStr">
+        <is>
+          <t>15/10/2026</t>
+        </is>
+      </c>
+      <c r="H214" s="2" t="inlineStr"/>
+      <c r="I214" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J214" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="2" t="n">
+        <v>43</v>
+      </c>
+      <c r="B215" s="2" t="inlineStr">
+        <is>
+          <t>Ida</t>
+        </is>
+      </c>
+      <c r="C215" s="2" t="inlineStr">
+        <is>
+          <t>BOYER</t>
+        </is>
+      </c>
+      <c r="D215" s="2" t="inlineStr">
+        <is>
+          <t>lea.marie.ida@gmail.com</t>
+        </is>
+      </c>
+      <c r="E215" s="2" t="inlineStr">
+        <is>
+          <t>0693 41 91 81</t>
+        </is>
+      </c>
+      <c r="F215" s="2" t="inlineStr">
+        <is>
+          <t>12/10/2025</t>
+        </is>
+      </c>
+      <c r="G215" s="2" t="inlineStr">
+        <is>
+          <t>12/10/2026</t>
+        </is>
+      </c>
+      <c r="H215" s="2" t="inlineStr"/>
+      <c r="I215" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J215" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="2" t="n">
+        <v>4</v>
+      </c>
+      <c r="B216" s="2" t="inlineStr">
+        <is>
+          <t>Audrey</t>
+        </is>
+      </c>
+      <c r="C216" s="2" t="inlineStr">
+        <is>
+          <t>SMITH</t>
+        </is>
+      </c>
+      <c r="D216" s="2" t="inlineStr">
+        <is>
+          <t>gabi_smith95@hotmail.com</t>
+        </is>
+      </c>
+      <c r="E216" s="2" t="inlineStr"/>
+      <c r="F216" s="2" t="inlineStr">
+        <is>
           <t>01/10/2025</t>
         </is>
       </c>
-      <c r="G33" s="2" t="inlineStr">
+      <c r="G216" s="2" t="inlineStr">
         <is>
           <t>01/10/2026</t>
         </is>
       </c>
-      <c r="H33" s="2" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I33" s="2" t="inlineStr">
+      <c r="H216" s="2" t="inlineStr"/>
+      <c r="I216" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J216" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" s="2" t="n">
+        <v>5</v>
+      </c>
+      <c r="B217" s="2" t="inlineStr">
+        <is>
+          <t>Marie-Aimée</t>
+        </is>
+      </c>
+      <c r="C217" s="2" t="inlineStr">
+        <is>
+          <t>LONDAS</t>
+        </is>
+      </c>
+      <c r="D217" s="2" t="inlineStr">
+        <is>
+          <t>ma.londas@gmail.com</t>
+        </is>
+      </c>
+      <c r="E217" s="2" t="inlineStr"/>
+      <c r="F217" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G217" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H217" s="2" t="inlineStr"/>
+      <c r="I217" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J217" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="2" t="n">
+        <v>6</v>
+      </c>
+      <c r="B218" s="2" t="inlineStr">
+        <is>
+          <t>Sandra</t>
+        </is>
+      </c>
+      <c r="C218" s="2" t="inlineStr">
+        <is>
+          <t>MANEU</t>
+        </is>
+      </c>
+      <c r="D218" s="2" t="inlineStr">
+        <is>
+          <t>maneusandra@gmail.com</t>
+        </is>
+      </c>
+      <c r="E218" s="2" t="inlineStr"/>
+      <c r="F218" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G218" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H218" s="2" t="inlineStr"/>
+      <c r="I218" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J218" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="2" t="n">
+        <v>7</v>
+      </c>
+      <c r="B219" s="2" t="inlineStr">
+        <is>
+          <t>Michel</t>
+        </is>
+      </c>
+      <c r="C219" s="2" t="inlineStr">
+        <is>
+          <t>LOMBADO</t>
+        </is>
+      </c>
+      <c r="D219" s="2" t="inlineStr">
+        <is>
+          <t>michel@gp-lombado.com</t>
+        </is>
+      </c>
+      <c r="E219" s="2" t="inlineStr"/>
+      <c r="F219" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G219" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H219" s="2" t="inlineStr"/>
+      <c r="I219" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J219" s="2" t="inlineStr">
+        <is>
+          <t>Non</t>
+        </is>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="2" t="n">
+        <v>8</v>
+      </c>
+      <c r="B220" s="2" t="inlineStr">
+        <is>
+          <t>Eugénie</t>
+        </is>
+      </c>
+      <c r="C220" s="2" t="inlineStr">
+        <is>
+          <t>BOYER</t>
+        </is>
+      </c>
+      <c r="D220" s="2" t="inlineStr">
+        <is>
+          <t>eug.boyer@gmail.com</t>
+        </is>
+      </c>
+      <c r="E220" s="2" t="inlineStr"/>
+      <c r="F220" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G220" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H220" s="2" t="inlineStr"/>
+      <c r="I220" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J220" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="2" t="n">
+        <v>9</v>
+      </c>
+      <c r="B221" s="2" t="inlineStr">
+        <is>
+          <t>Olivier</t>
+        </is>
+      </c>
+      <c r="C221" s="2" t="inlineStr">
+        <is>
+          <t>CADET</t>
+        </is>
+      </c>
+      <c r="D221" s="2" t="inlineStr">
+        <is>
+          <t>olikdoz@hotmail.com</t>
+        </is>
+      </c>
+      <c r="E221" s="2" t="inlineStr"/>
+      <c r="F221" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G221" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H221" s="2" t="inlineStr"/>
+      <c r="I221" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J221" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="2" t="n">
+        <v>10</v>
+      </c>
+      <c r="B222" s="2" t="inlineStr">
+        <is>
+          <t>Olivier</t>
+        </is>
+      </c>
+      <c r="C222" s="2" t="inlineStr">
+        <is>
+          <t>CHEVILLON</t>
+        </is>
+      </c>
+      <c r="D222" s="2" t="inlineStr">
+        <is>
+          <t>chevillon.olivier@gmail.com</t>
+        </is>
+      </c>
+      <c r="E222" s="2" t="inlineStr"/>
+      <c r="F222" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G222" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H222" s="2" t="inlineStr"/>
+      <c r="I222" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J222" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="2" t="n">
+        <v>11</v>
+      </c>
+      <c r="B223" s="2" t="inlineStr">
+        <is>
+          <t>Rémi</t>
+        </is>
+      </c>
+      <c r="C223" s="2" t="inlineStr">
+        <is>
+          <t>CAZAL</t>
+        </is>
+      </c>
+      <c r="D223" s="2" t="inlineStr">
+        <is>
+          <t>cazalremi@gmail.com</t>
+        </is>
+      </c>
+      <c r="E223" s="2" t="inlineStr"/>
+      <c r="F223" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G223" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H223" s="2" t="inlineStr"/>
+      <c r="I223" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J223" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="2" t="n">
+        <v>12</v>
+      </c>
+      <c r="B224" s="2" t="inlineStr">
+        <is>
+          <t>Cécilia</t>
+        </is>
+      </c>
+      <c r="C224" s="2" t="inlineStr">
+        <is>
+          <t>ARANDA</t>
+        </is>
+      </c>
+      <c r="D224" s="2" t="inlineStr">
+        <is>
+          <t>cecilia.aranda66@gmail.com</t>
+        </is>
+      </c>
+      <c r="E224" s="2" t="inlineStr">
+        <is>
+          <t>0693506929</t>
+        </is>
+      </c>
+      <c r="F224" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G224" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H224" s="2" t="inlineStr"/>
+      <c r="I224" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J224" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="2" t="n">
+        <v>13</v>
+      </c>
+      <c r="B225" s="2" t="inlineStr">
+        <is>
+          <t>Julien</t>
+        </is>
+      </c>
+      <c r="C225" s="2" t="inlineStr">
+        <is>
+          <t>APAYA</t>
+        </is>
+      </c>
+      <c r="D225" s="2" t="inlineStr">
+        <is>
+          <t>tirasta2000@hotmail.com</t>
+        </is>
+      </c>
+      <c r="E225" s="2" t="inlineStr">
+        <is>
+          <t>0692370115</t>
+        </is>
+      </c>
+      <c r="F225" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G225" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H225" s="2" t="inlineStr"/>
+      <c r="I225" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J225" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" s="2" t="n">
+        <v>14</v>
+      </c>
+      <c r="B226" s="2" t="inlineStr">
+        <is>
+          <t>Maxime</t>
+        </is>
+      </c>
+      <c r="C226" s="2" t="inlineStr">
+        <is>
+          <t>AGUILERA</t>
+        </is>
+      </c>
+      <c r="D226" s="2" t="inlineStr">
+        <is>
+          <t>maximaguilera@hotmail.com</t>
+        </is>
+      </c>
+      <c r="E226" s="2" t="inlineStr">
+        <is>
+          <t>0693130290</t>
+        </is>
+      </c>
+      <c r="F226" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G226" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H226" s="2" t="inlineStr"/>
+      <c r="I226" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J226" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="2" t="n">
+        <v>15</v>
+      </c>
+      <c r="B227" s="2" t="inlineStr">
+        <is>
+          <t>Stéphane</t>
+        </is>
+      </c>
+      <c r="C227" s="2" t="inlineStr">
+        <is>
+          <t>RIVIÈRE</t>
+        </is>
+      </c>
+      <c r="D227" s="2" t="inlineStr">
+        <is>
+          <t>riviere.sstephane@gmail.com</t>
+        </is>
+      </c>
+      <c r="E227" s="2" t="inlineStr"/>
+      <c r="F227" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G227" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H227" s="2" t="inlineStr"/>
+      <c r="I227" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J227" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" s="2" t="n">
+        <v>16</v>
+      </c>
+      <c r="B228" s="2" t="inlineStr">
+        <is>
+          <t>Cécile</t>
+        </is>
+      </c>
+      <c r="C228" s="2" t="inlineStr">
+        <is>
+          <t>DELAUNAY</t>
+        </is>
+      </c>
+      <c r="D228" s="2" t="inlineStr">
+        <is>
+          <t>cecile.delaunayidrovo@gmail.com</t>
+        </is>
+      </c>
+      <c r="E228" s="2" t="inlineStr"/>
+      <c r="F228" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G228" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H228" s="2" t="inlineStr"/>
+      <c r="I228" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J228" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="2" t="n">
+        <v>17</v>
+      </c>
+      <c r="B229" s="2" t="inlineStr">
+        <is>
+          <t>Emmanuelle</t>
+        </is>
+      </c>
+      <c r="C229" s="2" t="inlineStr">
+        <is>
+          <t>ASSIBAT</t>
+        </is>
+      </c>
+      <c r="D229" s="2" t="inlineStr">
+        <is>
+          <t>assibatem@netcourrier.com</t>
+        </is>
+      </c>
+      <c r="E229" s="2" t="inlineStr"/>
+      <c r="F229" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G229" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H229" s="2" t="inlineStr"/>
+      <c r="I229" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J229" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="2" t="n">
+        <v>18</v>
+      </c>
+      <c r="B230" s="2" t="inlineStr">
+        <is>
+          <t>Valérie</t>
+        </is>
+      </c>
+      <c r="C230" s="2" t="inlineStr">
+        <is>
+          <t>ROY-CAMILLE</t>
+        </is>
+      </c>
+      <c r="D230" s="2" t="inlineStr">
+        <is>
+          <t>cotardvalerie974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E230" s="2" t="inlineStr"/>
+      <c r="F230" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G230" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H230" s="2" t="inlineStr"/>
+      <c r="I230" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J230" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="2" t="n">
+        <v>19</v>
+      </c>
+      <c r="B231" s="2" t="inlineStr">
+        <is>
+          <t>Laurence</t>
+        </is>
+      </c>
+      <c r="C231" s="2" t="inlineStr">
+        <is>
+          <t>SEURIN</t>
+        </is>
+      </c>
+      <c r="D231" s="2" t="inlineStr">
+        <is>
+          <t>lolo40landes@gmail.com</t>
+        </is>
+      </c>
+      <c r="E231" s="2" t="inlineStr"/>
+      <c r="F231" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G231" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H231" s="2" t="inlineStr"/>
+      <c r="I231" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J231" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="2" t="n">
+        <v>20</v>
+      </c>
+      <c r="B232" s="2" t="inlineStr">
+        <is>
+          <t>Sylvie</t>
+        </is>
+      </c>
+      <c r="C232" s="2" t="inlineStr">
+        <is>
+          <t>CHILTE</t>
+        </is>
+      </c>
+      <c r="D232" s="2" t="inlineStr">
+        <is>
+          <t>sylvie.chilte@wanadoo.fr</t>
+        </is>
+      </c>
+      <c r="E232" s="2" t="inlineStr"/>
+      <c r="F232" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G232" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H232" s="2" t="inlineStr"/>
+      <c r="I232" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J232" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="2" t="n">
+        <v>21</v>
+      </c>
+      <c r="B233" s="2" t="inlineStr">
+        <is>
+          <t>Virginie</t>
+        </is>
+      </c>
+      <c r="C233" s="2" t="inlineStr">
+        <is>
+          <t>TOCHON</t>
+        </is>
+      </c>
+      <c r="D233" s="2" t="inlineStr">
+        <is>
+          <t>v.tochon974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E233" s="2" t="inlineStr"/>
+      <c r="F233" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G233" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H233" s="2" t="inlineStr"/>
+      <c r="I233" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J233" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="2" t="n">
+        <v>22</v>
+      </c>
+      <c r="B234" s="2" t="inlineStr">
+        <is>
+          <t>Romain</t>
+        </is>
+      </c>
+      <c r="C234" s="2" t="inlineStr">
+        <is>
+          <t>PERIER</t>
+        </is>
+      </c>
+      <c r="D234" s="2" t="inlineStr">
+        <is>
+          <t>perierromain974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E234" s="2" t="inlineStr"/>
+      <c r="F234" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G234" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H234" s="2" t="inlineStr"/>
+      <c r="I234" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J234" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="2" t="n">
+        <v>23</v>
+      </c>
+      <c r="B235" s="2" t="inlineStr">
+        <is>
+          <t>Chakri</t>
+        </is>
+      </c>
+      <c r="C235" s="2" t="inlineStr">
+        <is>
+          <t>M'DALLAH</t>
+        </is>
+      </c>
+      <c r="D235" s="2" t="inlineStr">
+        <is>
+          <t>inmound974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E235" s="2" t="inlineStr">
+        <is>
+          <t>0692176578</t>
+        </is>
+      </c>
+      <c r="F235" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G235" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H235" s="2" t="inlineStr"/>
+      <c r="I235" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J235" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="2" t="n">
+        <v>24</v>
+      </c>
+      <c r="B236" s="2" t="inlineStr">
+        <is>
+          <t>Cristof</t>
+        </is>
+      </c>
+      <c r="C236" s="2" t="inlineStr">
+        <is>
+          <t>DENMONT</t>
+        </is>
+      </c>
+      <c r="D236" s="2" t="inlineStr">
+        <is>
+          <t>cristofdenmont@gmail.com</t>
+        </is>
+      </c>
+      <c r="E236" s="2" t="inlineStr"/>
+      <c r="F236" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G236" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H236" s="2" t="inlineStr"/>
+      <c r="I236" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J236" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="2" t="n">
+        <v>26</v>
+      </c>
+      <c r="B237" s="2" t="inlineStr">
+        <is>
+          <t>Stéphane</t>
+        </is>
+      </c>
+      <c r="C237" s="2" t="inlineStr">
+        <is>
+          <t>DÉPÊCHE</t>
+        </is>
+      </c>
+      <c r="D237" s="2" t="inlineStr">
+        <is>
+          <t>direction@komkifo.com</t>
+        </is>
+      </c>
+      <c r="E237" s="2" t="inlineStr"/>
+      <c r="F237" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G237" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H237" s="2" t="inlineStr"/>
+      <c r="I237" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J237" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="2" t="n">
+        <v>27</v>
+      </c>
+      <c r="B238" s="2" t="inlineStr">
+        <is>
+          <t>Olivier</t>
+        </is>
+      </c>
+      <c r="C238" s="2" t="inlineStr">
+        <is>
+          <t>GAYTE</t>
+        </is>
+      </c>
+      <c r="D238" s="2" t="inlineStr">
+        <is>
+          <t>gayte.reunion@orange.fr</t>
+        </is>
+      </c>
+      <c r="E238" s="2" t="inlineStr">
+        <is>
+          <t>0692004939</t>
+        </is>
+      </c>
+      <c r="F238" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G238" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H238" s="2" t="inlineStr"/>
+      <c r="I238" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J238" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="2" t="n">
+        <v>28</v>
+      </c>
+      <c r="B239" s="2" t="inlineStr">
+        <is>
+          <t>Romuald</t>
+        </is>
+      </c>
+      <c r="C239" s="2" t="inlineStr">
+        <is>
+          <t>CHAN</t>
+        </is>
+      </c>
+      <c r="D239" s="2" t="inlineStr">
+        <is>
+          <t>romualdchan@hotmail.com</t>
+        </is>
+      </c>
+      <c r="E239" s="2" t="inlineStr"/>
+      <c r="F239" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G239" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H239" s="2" t="inlineStr"/>
+      <c r="I239" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J239" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="2" t="n">
+        <v>29</v>
+      </c>
+      <c r="B240" s="2" t="inlineStr">
+        <is>
+          <t>Valérie</t>
+        </is>
+      </c>
+      <c r="C240" s="2" t="inlineStr">
+        <is>
+          <t>RIGAUDIN</t>
+        </is>
+      </c>
+      <c r="D240" s="2" t="inlineStr">
+        <is>
+          <t>valerie.rigaudin@gmail.com</t>
+        </is>
+      </c>
+      <c r="E240" s="2" t="inlineStr"/>
+      <c r="F240" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G240" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H240" s="2" t="inlineStr"/>
+      <c r="I240" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J240" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="2" t="n">
+        <v>30</v>
+      </c>
+      <c r="B241" s="2" t="inlineStr">
+        <is>
+          <t>Raymonde</t>
+        </is>
+      </c>
+      <c r="C241" s="2" t="inlineStr">
+        <is>
+          <t>LUCILLY</t>
+        </is>
+      </c>
+      <c r="D241" s="2" t="inlineStr">
+        <is>
+          <t>lazourit@gmail.com</t>
+        </is>
+      </c>
+      <c r="E241" s="2" t="inlineStr">
+        <is>
+          <t>0692672889</t>
+        </is>
+      </c>
+      <c r="F241" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G241" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H241" s="2" t="inlineStr"/>
+      <c r="I241" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J241" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="2" t="n">
+        <v>31</v>
+      </c>
+      <c r="B242" s="2" t="inlineStr">
+        <is>
+          <t>Kentyn</t>
+        </is>
+      </c>
+      <c r="C242" s="2" t="inlineStr">
+        <is>
+          <t>CORRÉA-PAYET</t>
+        </is>
+      </c>
+      <c r="D242" s="2" t="inlineStr">
+        <is>
+          <t>correa.kentyn@gmail.com</t>
+        </is>
+      </c>
+      <c r="E242" s="2" t="inlineStr">
+        <is>
+          <t>0613154481</t>
+        </is>
+      </c>
+      <c r="F242" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G242" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H242" s="2" t="inlineStr"/>
+      <c r="I242" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J242" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="2" t="n">
+        <v>32</v>
+      </c>
+      <c r="B243" s="2" t="inlineStr">
+        <is>
+          <t>Claire</t>
+        </is>
+      </c>
+      <c r="C243" s="2" t="inlineStr">
+        <is>
+          <t>CAOLLET</t>
+        </is>
+      </c>
+      <c r="D243" s="2" t="inlineStr">
+        <is>
+          <t>clairecaillet@yahoo.fr</t>
+        </is>
+      </c>
+      <c r="E243" s="2" t="inlineStr">
+        <is>
+          <t>0692077246</t>
+        </is>
+      </c>
+      <c r="F243" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G243" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H243" s="2" t="inlineStr"/>
+      <c r="I243" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J243" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="2" t="n">
+        <v>34</v>
+      </c>
+      <c r="B244" s="2" t="inlineStr">
+        <is>
+          <t>Ghislaine</t>
+        </is>
+      </c>
+      <c r="C244" s="2" t="inlineStr">
+        <is>
+          <t>SEGUIN</t>
+        </is>
+      </c>
+      <c r="D244" s="2" t="inlineStr">
+        <is>
+          <t>ass.ocre@wanadoo.fr</t>
+        </is>
+      </c>
+      <c r="E244" s="2" t="inlineStr">
+        <is>
+          <t>0692077246</t>
+        </is>
+      </c>
+      <c r="F244" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G244" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H244" s="2" t="inlineStr"/>
+      <c r="I244" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J244" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="2" t="n">
+        <v>35</v>
+      </c>
+      <c r="B245" s="2" t="inlineStr">
+        <is>
+          <t>Arnaud</t>
+        </is>
+      </c>
+      <c r="C245" s="2" t="inlineStr">
+        <is>
+          <t>TOMAS</t>
+        </is>
+      </c>
+      <c r="D245" s="2" t="inlineStr">
+        <is>
+          <t>tarnaud974@gmail.com</t>
+        </is>
+      </c>
+      <c r="E245" s="2" t="inlineStr">
+        <is>
+          <t>0692695198</t>
+        </is>
+      </c>
+      <c r="F245" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G245" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H245" s="2" t="inlineStr"/>
+      <c r="I245" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J245" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="2" t="n">
+        <v>36</v>
+      </c>
+      <c r="B246" s="2" t="inlineStr">
+        <is>
+          <t>Frédéric</t>
+        </is>
+      </c>
+      <c r="C246" s="2" t="inlineStr">
+        <is>
+          <t>GONTHIER</t>
+        </is>
+      </c>
+      <c r="D246" s="2" t="inlineStr">
+        <is>
+          <t>fred-g974@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E246" s="2" t="inlineStr">
+        <is>
+          <t>0693030173</t>
+        </is>
+      </c>
+      <c r="F246" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G246" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H246" s="2" t="inlineStr"/>
+      <c r="I246" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J246" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="2" t="n">
+        <v>37</v>
+      </c>
+      <c r="B247" s="2" t="inlineStr">
+        <is>
+          <t>Johanna</t>
+        </is>
+      </c>
+      <c r="C247" s="2" t="inlineStr">
+        <is>
+          <t>MONDON</t>
+        </is>
+      </c>
+      <c r="D247" s="2" t="inlineStr">
+        <is>
+          <t>johanna.mondon@gmail.com</t>
+        </is>
+      </c>
+      <c r="E247" s="2" t="inlineStr">
+        <is>
+          <t>0692316592</t>
+        </is>
+      </c>
+      <c r="F247" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G247" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H247" s="2" t="inlineStr"/>
+      <c r="I247" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J247" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="2" t="n">
+        <v>38</v>
+      </c>
+      <c r="B248" s="2" t="inlineStr">
+        <is>
+          <t>Florence</t>
+        </is>
+      </c>
+      <c r="C248" s="2" t="inlineStr">
+        <is>
+          <t>THOMAS</t>
+        </is>
+      </c>
+      <c r="D248" s="2" t="inlineStr">
+        <is>
+          <t>thomasflo94@gmail.com</t>
+        </is>
+      </c>
+      <c r="E248" s="2" t="inlineStr">
+        <is>
+          <t>0693133515</t>
+        </is>
+      </c>
+      <c r="F248" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G248" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H248" s="2" t="inlineStr"/>
+      <c r="I248" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J248" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="2" t="n">
+        <v>39</v>
+      </c>
+      <c r="B249" s="2" t="inlineStr">
+        <is>
+          <t>Christelle</t>
+        </is>
+      </c>
+      <c r="C249" s="2" t="inlineStr">
+        <is>
+          <t>LENU</t>
+        </is>
+      </c>
+      <c r="D249" s="2" t="inlineStr">
+        <is>
+          <t>christelle72170@yahoo.fr</t>
+        </is>
+      </c>
+      <c r="E249" s="2" t="inlineStr">
+        <is>
+          <t>0692103585</t>
+        </is>
+      </c>
+      <c r="F249" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G249" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H249" s="2" t="inlineStr"/>
+      <c r="I249" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J249" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="2" t="n">
+        <v>40</v>
+      </c>
+      <c r="B250" s="2" t="inlineStr">
+        <is>
+          <t>Maïko</t>
+        </is>
+      </c>
+      <c r="C250" s="2" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="D250" s="2" t="inlineStr">
+        <is>
+          <t>kassapolou_lais@hotmail.fr</t>
+        </is>
+      </c>
+      <c r="E250" s="2" t="inlineStr">
+        <is>
+          <t>0670086330</t>
+        </is>
+      </c>
+      <c r="F250" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G250" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H250" s="2" t="inlineStr"/>
+      <c r="I250" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J250" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" s="2" t="n">
+        <v>41</v>
+      </c>
+      <c r="B251" s="2" t="inlineStr">
+        <is>
+          <t>Hanitra</t>
+        </is>
+      </c>
+      <c r="C251" s="2" t="inlineStr">
+        <is>
+          <t>RAYEROUX</t>
+        </is>
+      </c>
+      <c r="D251" s="2" t="inlineStr">
+        <is>
+          <t>gablehanitra@gmail.com</t>
+        </is>
+      </c>
+      <c r="E251" s="2" t="inlineStr"/>
+      <c r="F251" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G251" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H251" s="2" t="inlineStr"/>
+      <c r="I251" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J251" s="2" t="inlineStr">
+        <is>
+          <t>Oui</t>
+        </is>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" s="2" t="n">
+        <v>42</v>
+      </c>
+      <c r="B252" s="2" t="inlineStr">
+        <is>
+          <t>Béatrice</t>
+        </is>
+      </c>
+      <c r="C252" s="2" t="inlineStr">
+        <is>
+          <t>SAUTRON</t>
+        </is>
+      </c>
+      <c r="D252" s="2" t="inlineStr">
+        <is>
+          <t>sautron.beatrice@orange.fr</t>
+        </is>
+      </c>
+      <c r="E252" s="2" t="inlineStr"/>
+      <c r="F252" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2025</t>
+        </is>
+      </c>
+      <c r="G252" s="2" t="inlineStr">
+        <is>
+          <t>01/10/2026</t>
+        </is>
+      </c>
+      <c r="H252" s="2" t="inlineStr"/>
+      <c r="I252" s="2" t="inlineStr">
+        <is>
+          <t>Valide</t>
+        </is>
+      </c>
+      <c r="J252" s="2" t="inlineStr">
         <is>
           <t>Oui</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>